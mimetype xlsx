--- v0 (2026-01-13)
+++ v1 (2026-03-13)
@@ -1,238 +1,2208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Listaxe xestión" sheetId="1" r:id="rId4"/>
+    <sheet name="Incorporados" sheetId="1" r:id="rId4"/>
+    <sheet name="Suplentes" sheetId="2" r:id="rId5"/>
+    <sheet name="Non aceptan" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
   <si>
     <t>Posto</t>
   </si>
   <si>
     <t>Apelidos</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>DNI</t>
   </si>
   <si>
-    <t>DNI cifrado</t>
+    <t>Adxudicatario</t>
+  </si>
+  <si>
+    <t>Centro</t>
+  </si>
+  <si>
+    <t>Data incorporación</t>
+  </si>
+  <si>
+    <t>Data finalización</t>
+  </si>
+  <si>
+    <t>Renuncia bolsa iniciada</t>
+  </si>
+  <si>
+    <t>Data presentación renuncia</t>
+  </si>
+  <si>
+    <t>Data efecto renuncia</t>
+  </si>
+  <si>
+    <t>Teléfono</t>
   </si>
   <si>
     <t>Correo electrónico</t>
   </si>
   <si>
-    <t>Enderezo</t>
-[...37 lines deleted...]
-  <si>
     <t>1A</t>
   </si>
   <si>
     <t>1B</t>
   </si>
   <si>
     <t>1C</t>
   </si>
   <si>
     <t>1D</t>
   </si>
   <si>
     <t>1E</t>
   </si>
   <si>
     <t>1F</t>
   </si>
   <si>
     <t>1G</t>
   </si>
   <si>
     <t>Puntuación</t>
   </si>
   <si>
     <t>Expediente</t>
   </si>
   <si>
     <t>Observacións</t>
   </si>
   <si>
+    <t>Aragundi Triñanes</t>
+  </si>
+  <si>
+    <t>Moraima2</t>
+  </si>
+  <si>
+    <t>53797245S</t>
+  </si>
+  <si>
+    <t>Inicial</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública da Coruña Miguel González Garcés</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>aragundimoraima@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000053-00</t>
+  </si>
+  <si>
+    <t>Barrientos Rivadulla</t>
+  </si>
+  <si>
+    <t>Lola</t>
+  </si>
+  <si>
+    <t>49679048Z</t>
+  </si>
+  <si>
+    <t>lolabrmuxia@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000007-00</t>
+  </si>
+  <si>
+    <t>Garea Costa</t>
+  </si>
+  <si>
+    <t>Lucia</t>
+  </si>
+  <si>
+    <t>47437642G</t>
+  </si>
+  <si>
+    <t>garealucia@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000044-00</t>
+  </si>
+  <si>
+    <t>Aller Dominguez</t>
+  </si>
+  <si>
+    <t>Raquel</t>
+  </si>
+  <si>
+    <t>46095057K</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública de Lugo</t>
+  </si>
+  <si>
+    <t>roigarciavidal@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000173-00</t>
+  </si>
+  <si>
+    <t>Alvarez Solleiro</t>
+  </si>
+  <si>
+    <t>Andre</t>
+  </si>
+  <si>
+    <t>35635638J</t>
+  </si>
+  <si>
+    <t>Biblioteca de Galicia</t>
+  </si>
+  <si>
+    <t>andrealvarezsolleiro@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000089-00</t>
+  </si>
+  <si>
+    <t>Ancares Ferreyra</t>
+  </si>
+  <si>
+    <t>Deborah Susana</t>
+  </si>
+  <si>
+    <t>47385660W</t>
+  </si>
+  <si>
+    <t>dancaresferreyra@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000025-00</t>
+  </si>
+  <si>
+    <t>Franco Gonzalez</t>
+  </si>
+  <si>
+    <t>Malena</t>
+  </si>
+  <si>
+    <t>35641127M</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública de Santiago de Compostela Ánxel Casal</t>
+  </si>
+  <si>
+    <t>francogonzalezmalena@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000017-00</t>
+  </si>
+  <si>
+    <t>Maneiro Paz</t>
+  </si>
+  <si>
+    <t>Alicia</t>
+  </si>
+  <si>
+    <t>54227223P</t>
+  </si>
+  <si>
+    <t>maneiropazalicia@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000018-00</t>
+  </si>
+  <si>
+    <t>Miguez Bouzas</t>
+  </si>
+  <si>
+    <t>Marcos Santiago</t>
+  </si>
+  <si>
+    <t>46094631D</t>
+  </si>
+  <si>
+    <t>marcosmiguez2000@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000016-00</t>
+  </si>
+  <si>
+    <t>Sanmartin Soto</t>
+  </si>
+  <si>
+    <t>Jose Fernando</t>
+  </si>
+  <si>
+    <t>36092170H</t>
+  </si>
+  <si>
+    <t>FERNANDOSANMARTIN@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000015-00</t>
+  </si>
+  <si>
+    <t>Mendez Conde</t>
+  </si>
+  <si>
+    <t>Antia Barbara</t>
+  </si>
+  <si>
+    <t>39453240Y</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública de Vigo Juan Compañel</t>
+  </si>
+  <si>
+    <t>antiamendezconde@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000014-00</t>
+  </si>
+  <si>
+    <t>Kosarevskiy</t>
+  </si>
+  <si>
+    <t>Vladimir</t>
+  </si>
+  <si>
+    <t>Z0524443W</t>
+  </si>
+  <si>
+    <t>vvooddaa@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000013-00</t>
+  </si>
+  <si>
+    <t>Vila Fonseca</t>
+  </si>
+  <si>
+    <t>Belen</t>
+  </si>
+  <si>
+    <t>53974996E</t>
+  </si>
+  <si>
+    <t>vilafonsecabelen@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000001-00</t>
+  </si>
+  <si>
+    <t>Lopez Vazquez</t>
+  </si>
+  <si>
+    <t>Sandra</t>
+  </si>
+  <si>
+    <t>20624359Y</t>
+  </si>
+  <si>
+    <t>sandralpzvzqz@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000002-00</t>
+  </si>
+  <si>
+    <t>Rodriguez Paz</t>
+  </si>
+  <si>
+    <t>21117250F</t>
+  </si>
+  <si>
+    <t>lucia.rodriguezpaz@outlook.es</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000005-00</t>
+  </si>
+  <si>
+    <t>Gomez Dominguez</t>
+  </si>
+  <si>
+    <t>Luis Miguel</t>
+  </si>
+  <si>
+    <t>13119354Q</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública de Ourense Nós</t>
+  </si>
+  <si>
+    <t>luisgominola63@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000006-00</t>
+  </si>
+  <si>
+    <t>Santamaria Vazquez</t>
+  </si>
+  <si>
+    <t>Nerea</t>
+  </si>
+  <si>
+    <t>77422525V</t>
+  </si>
+  <si>
+    <t>neereeasantamaria@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000008-00</t>
+  </si>
+  <si>
+    <t>Gomez Rodriguez</t>
+  </si>
+  <si>
+    <t>Icia</t>
+  </si>
+  <si>
+    <t>45960680X</t>
+  </si>
+  <si>
+    <t>Suplente</t>
+  </si>
+  <si>
+    <t>iciagomezrodriguez@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000009-00</t>
+  </si>
+  <si>
+    <t>Estevez Alvarez</t>
+  </si>
+  <si>
+    <t>Aaron</t>
+  </si>
+  <si>
+    <t>45141888H</t>
+  </si>
+  <si>
+    <t>aaronestevezalvarez@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000012-00</t>
+  </si>
+  <si>
+    <t>Ogando Gonzalez</t>
+  </si>
+  <si>
+    <t>Cristina</t>
+  </si>
+  <si>
+    <t>77403440E</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública de Pontevedra Antonio Odriozola</t>
+  </si>
+  <si>
+    <t>cristinaogandogonzalez@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000011-00</t>
+  </si>
+  <si>
+    <t>Diaz Canosa</t>
+  </si>
+  <si>
+    <t>Saray</t>
+  </si>
+  <si>
+    <t>32720676W</t>
+  </si>
+  <si>
+    <t>Biblioteca Pública Municipal de Ferrol (Central)</t>
+  </si>
+  <si>
+    <t>diazcanosasaray@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000010-00</t>
+  </si>
+  <si>
+    <t>Moreira Rodriguez</t>
+  </si>
+  <si>
+    <t>Emanuel</t>
+  </si>
+  <si>
+    <t>11182230K</t>
+  </si>
+  <si>
+    <t>emanuelmoreira05@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000029-00</t>
+  </si>
+  <si>
+    <t>Jimeno Rodriguez</t>
+  </si>
+  <si>
+    <t>Juan Antonio</t>
+  </si>
+  <si>
+    <t>53302002P</t>
+  </si>
+  <si>
+    <t>JUAN.JIMENO@UDC.ES</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000027-00</t>
+  </si>
+  <si>
+    <t>Ruiz Serna</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>71288292E</t>
+  </si>
+  <si>
+    <t>CR.SERNA@HOTMAIL.COM</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000023-00</t>
+  </si>
+  <si>
+    <t>Valiño Vazquez</t>
+  </si>
+  <si>
+    <t>Noelia</t>
+  </si>
+  <si>
+    <t>78811570T</t>
+  </si>
+  <si>
+    <t>NOELIABOENTE@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000022-00</t>
+  </si>
+  <si>
+    <t>Gomez Paz</t>
+  </si>
+  <si>
+    <t>35628426T</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>NGP19981@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000038-00</t>
+  </si>
+  <si>
+    <t>Sabucedo Cardero</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>44659957Y</t>
+  </si>
+  <si>
+    <t>dasabucedocardero@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000039-00</t>
+  </si>
+  <si>
+    <t>Cea Garcia</t>
+  </si>
+  <si>
+    <t>Catarina</t>
+  </si>
+  <si>
+    <t>45874297S</t>
+  </si>
+  <si>
+    <t>catamex.cc@gmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000040-00</t>
+  </si>
+  <si>
+    <t>Ordoñez Agrafojo</t>
+  </si>
+  <si>
+    <t>78802259G</t>
+  </si>
+  <si>
+    <t>rakeordonhez@hotmail.com</t>
+  </si>
+  <si>
+    <t>CT233A-2026-00000041-00</t>
+  </si>
+  <si>
     <t>Convocatoria 2026</t>
   </si>
   <si>
     <t>Data inicio contratación:</t>
   </si>
   <si>
     <t>01/06/2026</t>
   </si>
   <si>
     <t>Data fin contratación:</t>
   </si>
   <si>
     <t>01/06/2027</t>
   </si>
   <si>
     <t>Criterios</t>
   </si>
   <si>
-    <t>1A: Art. 14.1.a) Titulación académica</t>
-[...17 lines deleted...]
-    <t>1G: Art. 14.1.g) Coñecemento da lingua galega</t>
+    <t>1A: Art. 18.1.a) Titulación académica</t>
+  </si>
+  <si>
+    <t>1B: Art. 18.1.b) Expediente académico</t>
+  </si>
+  <si>
+    <t>1C: Art. 18.1.c) Cursos de posgrao, de especialización e mestrados oficiais en materia de bibliotecas, documentación ou xestión da información, organizados por organismos públicos ou universidades de máis de 400 horas</t>
+  </si>
+  <si>
+    <t>1D: Art. 18.1.d) Cursos de formación superiores a 10 horas</t>
+  </si>
+  <si>
+    <t>1E: Art. 18.1.e) Cursos impartidos</t>
+  </si>
+  <si>
+    <t>1F: Art. 18.1.f) Certificados de aptitude en idiomas</t>
+  </si>
+  <si>
+    <t>1G: Art. 18.1.g) Coñecemento da lingua galega</t>
+  </si>
+  <si>
+    <t>Vidal Lanza</t>
+  </si>
+  <si>
+    <t>Ana</t>
+  </si>
+  <si>
+    <t>45959062W</t>
+  </si>
+  <si>
+    <t>ANAVDLNZ@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Rodriguez Otero</t>
+  </si>
+  <si>
+    <t>45872497D</t>
+  </si>
+  <si>
+    <t>noeliarodriguezotero@gmail.com</t>
+  </si>
+  <si>
+    <t>Lopez Pazo</t>
+  </si>
+  <si>
+    <t>Irene</t>
+  </si>
+  <si>
+    <t>39468092T</t>
+  </si>
+  <si>
+    <t>irelopezp17@gmail.com</t>
+  </si>
+  <si>
+    <t>Martinez Barciela</t>
+  </si>
+  <si>
+    <t>Raul</t>
+  </si>
+  <si>
+    <t>54384532C</t>
+  </si>
+  <si>
+    <t>raulmartinezbarciela@gmail.com</t>
+  </si>
+  <si>
+    <t>Rivera Alfaro</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>44490762E</t>
+  </si>
+  <si>
+    <t>laura.rivfaro@gmail.com</t>
+  </si>
+  <si>
+    <t>Fernandez Del Sel</t>
+  </si>
+  <si>
+    <t>Carolina</t>
+  </si>
+  <si>
+    <t>39490291G</t>
+  </si>
+  <si>
+    <t>CFDS230@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Fernandez Vilacha</t>
+  </si>
+  <si>
+    <t>Raquel Ester</t>
+  </si>
+  <si>
+    <t>34988564K</t>
+  </si>
+  <si>
+    <t>r.vilacha@gmail.com</t>
+  </si>
+  <si>
+    <t>Perez Toro</t>
+  </si>
+  <si>
+    <t>Marina</t>
+  </si>
+  <si>
+    <t>33560227F</t>
+  </si>
+  <si>
+    <t>mpetoro@gmail.com</t>
+  </si>
+  <si>
+    <t>Rodriguez Barcia</t>
+  </si>
+  <si>
+    <t>Maria Jose</t>
+  </si>
+  <si>
+    <t>36150529A</t>
+  </si>
+  <si>
+    <t>mariajose.barcia@gmail.com</t>
+  </si>
+  <si>
+    <t>Prado Romero</t>
+  </si>
+  <si>
+    <t>Ainoa</t>
+  </si>
+  <si>
+    <t>54232861B</t>
+  </si>
+  <si>
+    <t>ainodc.apr@gmail.com</t>
+  </si>
+  <si>
+    <t>Tizon Gonzalez</t>
+  </si>
+  <si>
+    <t>Rita</t>
+  </si>
+  <si>
+    <t>76737019A</t>
+  </si>
+  <si>
+    <t>ritatizon@hotmail.com</t>
+  </si>
+  <si>
+    <t>Pereira Cartelle</t>
+  </si>
+  <si>
+    <t>Martina</t>
+  </si>
+  <si>
+    <t>44483844G</t>
+  </si>
+  <si>
+    <t>marti1096@hotmail.com</t>
+  </si>
+  <si>
+    <t>Reis Baliñas</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>44498087X</t>
+  </si>
+  <si>
+    <t>reisbasadri@gmail.com</t>
+  </si>
+  <si>
+    <t>Gradaille Galego</t>
+  </si>
+  <si>
+    <t>Alejandra Xiaotong</t>
+  </si>
+  <si>
+    <t>32724179D</t>
+  </si>
+  <si>
+    <t>alejandraggalego@gmail.com</t>
+  </si>
+  <si>
+    <t>Torrado Agulla</t>
+  </si>
+  <si>
+    <t>Xerardo</t>
+  </si>
+  <si>
+    <t>44079735M</t>
+  </si>
+  <si>
+    <t>xerardotorrado@yahoo.com</t>
+  </si>
+  <si>
+    <t>Sestelo Pregal</t>
+  </si>
+  <si>
+    <t>Alba</t>
+  </si>
+  <si>
+    <t>34879804M</t>
+  </si>
+  <si>
+    <t>albasestelo@gmail.com</t>
+  </si>
+  <si>
+    <t>Diz Fernandez</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>44660763F</t>
+  </si>
+  <si>
+    <t>ivandiz94@hotmail.com</t>
+  </si>
+  <si>
+    <t>Seoane Novo</t>
+  </si>
+  <si>
+    <t>Angela</t>
+  </si>
+  <si>
+    <t>45873957C</t>
+  </si>
+  <si>
+    <t>lunnahnovoh@gmail.com</t>
+  </si>
+  <si>
+    <t>Sanmartin Fernandez</t>
+  </si>
+  <si>
+    <t>Margarita Del Carmen</t>
+  </si>
+  <si>
+    <t>39490845Y</t>
+  </si>
+  <si>
+    <t>sanmartinfernandezmargarita@gmail.com</t>
+  </si>
+  <si>
+    <t>Novo Lopez</t>
+  </si>
+  <si>
+    <t>Ramon</t>
+  </si>
+  <si>
+    <t>53864474S</t>
+  </si>
+  <si>
+    <t>filiusraimundus@gmail.com</t>
+  </si>
+  <si>
+    <t>Garcia Rodriguez</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>32701595B</t>
+  </si>
+  <si>
+    <t>saraggrr@gmail.com</t>
+  </si>
+  <si>
+    <t>Santos Gonzalez</t>
+  </si>
+  <si>
+    <t>Teo</t>
+  </si>
+  <si>
+    <t>35484586W</t>
+  </si>
+  <si>
+    <t>tesago94@gmail.com</t>
+  </si>
+  <si>
+    <t>Borrageros Vilela</t>
+  </si>
+  <si>
+    <t>Marcos</t>
+  </si>
+  <si>
+    <t>44093088H</t>
+  </si>
+  <si>
+    <t>borrageros98@gmail.com</t>
+  </si>
+  <si>
+    <t>Babarro Ferreira</t>
+  </si>
+  <si>
+    <t>44661895N</t>
+  </si>
+  <si>
+    <t>davidbabarroferreira@gmail.com</t>
+  </si>
+  <si>
+    <t>Macia Trampal</t>
+  </si>
+  <si>
+    <t>Rebeca</t>
+  </si>
+  <si>
+    <t>34883803W</t>
+  </si>
+  <si>
+    <t>rebecamacia96@gmail.com</t>
+  </si>
+  <si>
+    <t>Villaverde Munin</t>
+  </si>
+  <si>
+    <t>Xiana</t>
+  </si>
+  <si>
+    <t>45955171K</t>
+  </si>
+  <si>
+    <t>trad.xiana@gmail.com</t>
+  </si>
+  <si>
+    <t>Campaña Martinez</t>
+  </si>
+  <si>
+    <t>Cristina Olalla</t>
+  </si>
+  <si>
+    <t>35485319E</t>
+  </si>
+  <si>
+    <t>cristinacamp.87@gmail.com</t>
+  </si>
+  <si>
+    <t>Flores Rojo</t>
+  </si>
+  <si>
+    <t>Maria Pilar</t>
+  </si>
+  <si>
+    <t>35563133G</t>
+  </si>
+  <si>
+    <t>pilifloresrojo@gmail.com</t>
+  </si>
+  <si>
+    <t>Gil Martinez</t>
+  </si>
+  <si>
+    <t>Maria</t>
+  </si>
+  <si>
+    <t>77464587N</t>
+  </si>
+  <si>
+    <t>MARIA_GILM@HOTMAIL.COM</t>
+  </si>
+  <si>
+    <t>Lopez Sampedro</t>
+  </si>
+  <si>
+    <t>Eladio</t>
+  </si>
+  <si>
+    <t>44498458J</t>
+  </si>
+  <si>
+    <t>toxos11@hotmail.com</t>
+  </si>
+  <si>
+    <t>Rodriguez Dos Santos</t>
+  </si>
+  <si>
+    <t>Ramiro</t>
+  </si>
+  <si>
+    <t>79329493D</t>
+  </si>
+  <si>
+    <t>rrds84@hotmail.com</t>
+  </si>
+  <si>
+    <t>Cruz Ronquete</t>
+  </si>
+  <si>
+    <t>Veronica</t>
+  </si>
+  <si>
+    <t>20629176Q</t>
+  </si>
+  <si>
+    <t>verocruznoia@gmail.com</t>
+  </si>
+  <si>
+    <t>Iglesias Mato</t>
+  </si>
+  <si>
+    <t>Judith</t>
+  </si>
+  <si>
+    <t>49203671R</t>
+  </si>
+  <si>
+    <t>judithiglesiasmato@gmail.com</t>
+  </si>
+  <si>
+    <t>Paredes Martinez</t>
+  </si>
+  <si>
+    <t>Yolanda</t>
+  </si>
+  <si>
+    <t>48119881V</t>
+  </si>
+  <si>
+    <t>yolandaparedes96@gmail.com</t>
+  </si>
+  <si>
+    <t>Picchi Figueira</t>
+  </si>
+  <si>
+    <t>Maria Belen</t>
+  </si>
+  <si>
+    <t>45870530C</t>
+  </si>
+  <si>
+    <t>mabepifi@gmail.com</t>
+  </si>
+  <si>
+    <t>Sabucedo Santos</t>
+  </si>
+  <si>
+    <t>Pablo</t>
+  </si>
+  <si>
+    <t>44657970C</t>
+  </si>
+  <si>
+    <t>pablosabucedo@icloud.com</t>
+  </si>
+  <si>
+    <t>Blanco Boullosa</t>
+  </si>
+  <si>
+    <t>Irene Montserrat</t>
+  </si>
+  <si>
+    <t>77484251B</t>
+  </si>
+  <si>
+    <t>ireneblancoboullosa@gmail.com</t>
+  </si>
+  <si>
+    <t>Garrido Salmeron</t>
+  </si>
+  <si>
+    <t>Blanca</t>
+  </si>
+  <si>
+    <t>54364455E</t>
+  </si>
+  <si>
+    <t>bgarri02@gmail.com</t>
+  </si>
+  <si>
+    <t>Galindo Hernandez</t>
+  </si>
+  <si>
+    <t>Juliana Andrea</t>
+  </si>
+  <si>
+    <t>Y8771255N</t>
+  </si>
+  <si>
+    <t>andreagalindo2506@gmail.com</t>
+  </si>
+  <si>
+    <t>Carrascal Mogio</t>
+  </si>
+  <si>
+    <t>Diego</t>
+  </si>
+  <si>
+    <t>53859342N</t>
+  </si>
+  <si>
+    <t>diego_carrascal@hotmail.es</t>
+  </si>
+  <si>
+    <t>Fernandez Gonzalez</t>
+  </si>
+  <si>
+    <t>Jeniffer</t>
+  </si>
+  <si>
+    <t>71530698P</t>
+  </si>
+  <si>
+    <t>JENIFDEZGLEZ@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Diaz Mozo</t>
+  </si>
+  <si>
+    <t>12344294X</t>
+  </si>
+  <si>
+    <t>Blanka.diazmozo@gmail.com</t>
+  </si>
+  <si>
+    <t>Velasco Garcia</t>
+  </si>
+  <si>
+    <t>54130399Z</t>
+  </si>
+  <si>
+    <t>velascogarcialaura@gmail.com</t>
+  </si>
+  <si>
+    <t>Valiente Romay</t>
+  </si>
+  <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>49207131B</t>
+  </si>
+  <si>
+    <t>julia.valiente.romay@gmail.com</t>
+  </si>
+  <si>
+    <t>Martinez Romero</t>
+  </si>
+  <si>
+    <t>32715656L</t>
+  </si>
+  <si>
+    <t>carmaro1492@gmail.com</t>
+  </si>
+  <si>
+    <t>Guizan Gonzalez</t>
+  </si>
+  <si>
+    <t>39512732C</t>
+  </si>
+  <si>
+    <t>lauraguizan@gmail.com</t>
+  </si>
+  <si>
+    <t>Lopez Vega</t>
+  </si>
+  <si>
+    <t>Lydia</t>
+  </si>
+  <si>
+    <t>34264998N</t>
+  </si>
+  <si>
+    <t>lvega.lydia@gmail.com</t>
+  </si>
+  <si>
+    <t>Chas Seijas</t>
+  </si>
+  <si>
+    <t>Ana Paulina</t>
+  </si>
+  <si>
+    <t>34280096E</t>
+  </si>
+  <si>
+    <t>anachaseijas@gmail.com</t>
+  </si>
+  <si>
+    <t>Tome Seijas</t>
+  </si>
+  <si>
+    <t>44091428Z</t>
+  </si>
+  <si>
+    <t>stomealba@gmail.com</t>
+  </si>
+  <si>
+    <t>Del Valle Vazquez</t>
+  </si>
+  <si>
+    <t>Ana Branca</t>
+  </si>
+  <si>
+    <t>33552098C</t>
+  </si>
+  <si>
+    <t>anadelvallev@gmail.com</t>
+  </si>
+  <si>
+    <t>Sobral Estevez</t>
+  </si>
+  <si>
+    <t>Nuria</t>
+  </si>
+  <si>
+    <t>35674448E</t>
+  </si>
+  <si>
+    <t>sobralnuria@gmail.com</t>
+  </si>
+  <si>
+    <t>Ojeda Romero</t>
+  </si>
+  <si>
+    <t>Ana Maria</t>
+  </si>
+  <si>
+    <t>48152844K</t>
+  </si>
+  <si>
+    <t>97anaojeda@gmail.com</t>
+  </si>
+  <si>
+    <t>Barbara Duran</t>
+  </si>
+  <si>
+    <t>Antia</t>
+  </si>
+  <si>
+    <t>53184625T</t>
+  </si>
+  <si>
+    <t>antiabd04@gmail.com</t>
+  </si>
+  <si>
+    <t>Rodiño Vilariño</t>
+  </si>
+  <si>
+    <t>Graciela</t>
+  </si>
+  <si>
+    <t>77400244T</t>
+  </si>
+  <si>
+    <t>GAIA0780@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Pena Fernandez</t>
+  </si>
+  <si>
+    <t>71902982Z</t>
+  </si>
+  <si>
+    <t>albapenafernandez@gmail.com</t>
+  </si>
+  <si>
+    <t>Da Silva Perez</t>
+  </si>
+  <si>
+    <t>Boris</t>
+  </si>
+  <si>
+    <t>44480843Q</t>
+  </si>
+  <si>
+    <t>dasilvaperez1992@gmail.com</t>
+  </si>
+  <si>
+    <t>Martinez Casteleiro</t>
+  </si>
+  <si>
+    <t>32699966S</t>
+  </si>
+  <si>
+    <t>sarita20mc@gmail.com</t>
+  </si>
+  <si>
+    <t>Lado Pazos</t>
+  </si>
+  <si>
+    <t>Vanesa</t>
+  </si>
+  <si>
+    <t>78812285W</t>
+  </si>
+  <si>
+    <t>vanesalp14@gmail.com</t>
+  </si>
+  <si>
+    <t>Fariña Da Silva</t>
+  </si>
+  <si>
+    <t>Ismael</t>
+  </si>
+  <si>
+    <t>35589517F</t>
+  </si>
+  <si>
+    <t>ismafds@gmail.com</t>
+  </si>
+  <si>
+    <t>Romero Doural</t>
+  </si>
+  <si>
+    <t>Noemi</t>
+  </si>
+  <si>
+    <t>39487918T</t>
+  </si>
+  <si>
+    <t>noemidoural@protonmail.com</t>
+  </si>
+  <si>
+    <t>Lopez Alvite</t>
+  </si>
+  <si>
+    <t>Uxia</t>
+  </si>
+  <si>
+    <t>34282778J</t>
+  </si>
+  <si>
+    <t>uxialopezalvite@gmail.com</t>
+  </si>
+  <si>
+    <t>Herran Lopez</t>
+  </si>
+  <si>
+    <t>Nieves</t>
+  </si>
+  <si>
+    <t>71190018G</t>
+  </si>
+  <si>
+    <t>ninee_95@hotmail.com</t>
+  </si>
+  <si>
+    <t>Novo Martinez</t>
+  </si>
+  <si>
+    <t>Alexia</t>
+  </si>
+  <si>
+    <t>32708158L</t>
+  </si>
+  <si>
+    <t>alexia.nomar@gmail.com</t>
+  </si>
+  <si>
+    <t>Perez Rivas</t>
+  </si>
+  <si>
+    <t>34631015F</t>
+  </si>
+  <si>
+    <t>aliperriv1@gmail.com</t>
+  </si>
+  <si>
+    <t>Campaña Batalla</t>
+  </si>
+  <si>
+    <t>Maria Celeste</t>
+  </si>
+  <si>
+    <t>53796221A</t>
+  </si>
+  <si>
+    <t>CELESTE_CBATALLA@HOTMAIL.COM</t>
+  </si>
+  <si>
+    <t>Peleteiro Solla</t>
+  </si>
+  <si>
+    <t>Arancha</t>
+  </si>
+  <si>
+    <t>77462662L</t>
+  </si>
+  <si>
+    <t>aranche99@gmail.com</t>
+  </si>
+  <si>
+    <t>Ballesteros Pampin</t>
+  </si>
+  <si>
+    <t>Alberto</t>
+  </si>
+  <si>
+    <t>45849830C</t>
+  </si>
+  <si>
+    <t>ballelsterospampin@gmail.com</t>
+  </si>
+  <si>
+    <t>Nores Fresco</t>
+  </si>
+  <si>
+    <t>Manuela</t>
+  </si>
+  <si>
+    <t>35640884S</t>
+  </si>
+  <si>
+    <t>manuelanorees@gmail.com</t>
+  </si>
+  <si>
+    <t>Blanco Amoeiro</t>
+  </si>
+  <si>
+    <t>Jorge</t>
+  </si>
+  <si>
+    <t>77463520A</t>
+  </si>
+  <si>
+    <t>jamoeiro22@gmail.com</t>
+  </si>
+  <si>
+    <t>Gonzalez Martinez</t>
+  </si>
+  <si>
+    <t>Anxela</t>
+  </si>
+  <si>
+    <t>35572786C</t>
+  </si>
+  <si>
+    <t>ANXELA.GONZALEZ.MARTINEZ1@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Bourdon Fernandez</t>
+  </si>
+  <si>
+    <t>Fanny</t>
+  </si>
+  <si>
+    <t>77478268P</t>
+  </si>
+  <si>
+    <t>fanny.bourdon96@gmail.com</t>
+  </si>
+  <si>
+    <t>Mella Monterroso</t>
+  </si>
+  <si>
+    <t>49207250S</t>
+  </si>
+  <si>
+    <t>luciamellamonterroso@gmail.com</t>
+  </si>
+  <si>
+    <t>De La Vega Amigo</t>
+  </si>
+  <si>
+    <t>Ana Lidia</t>
+  </si>
+  <si>
+    <t>11481635N</t>
+  </si>
+  <si>
+    <t>analidia.amigo945@gmail.com</t>
+  </si>
+  <si>
+    <t>Picallo Macias</t>
+  </si>
+  <si>
+    <t>Alvaro</t>
+  </si>
+  <si>
+    <t>32721223C</t>
+  </si>
+  <si>
+    <t>APICALLO.PICALLO@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Valiñas Baños</t>
+  </si>
+  <si>
+    <t>Lara</t>
+  </si>
+  <si>
+    <t>77418967R</t>
+  </si>
+  <si>
+    <t>laravalinas@gmail.com</t>
+  </si>
+  <si>
+    <t>Velasco Martin</t>
+  </si>
+  <si>
+    <t>Elsa</t>
+  </si>
+  <si>
+    <t>51000730R</t>
+  </si>
+  <si>
+    <t>velmarelsa@gmail.com</t>
+  </si>
+  <si>
+    <t>Castro Taboas</t>
+  </si>
+  <si>
+    <t>Iago</t>
+  </si>
+  <si>
+    <t>35609640M</t>
+  </si>
+  <si>
+    <t>IAGO.CASTRO.TABOAS@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Fernandez Novelle</t>
+  </si>
+  <si>
+    <t>Eva</t>
+  </si>
+  <si>
+    <t>77009874D</t>
+  </si>
+  <si>
+    <t>evisfernandeznovelle@gmail.com</t>
+  </si>
+  <si>
+    <t>Gomez Jimenez</t>
+  </si>
+  <si>
+    <t>Marta</t>
+  </si>
+  <si>
+    <t>71166711L</t>
+  </si>
+  <si>
+    <t>MARTAGOMEZJIMENEZ1@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Noceda Rodriguez</t>
+  </si>
+  <si>
+    <t>Brem</t>
+  </si>
+  <si>
+    <t>51271925A</t>
+  </si>
+  <si>
+    <t>Brem.noceda@gmail.com</t>
+  </si>
+  <si>
+    <t>Gutierrez Puente</t>
+  </si>
+  <si>
+    <t>Ana Belen</t>
+  </si>
+  <si>
+    <t>03134935N</t>
+  </si>
+  <si>
+    <t>huyendodelvacio@gmail.com</t>
+  </si>
+  <si>
+    <t>Dalama Gomez</t>
+  </si>
+  <si>
+    <t>44498448A</t>
+  </si>
+  <si>
+    <t>albadalamagomez@gmail.com</t>
+  </si>
+  <si>
+    <t>Veiga Novo</t>
+  </si>
+  <si>
+    <t>32725772S</t>
+  </si>
+  <si>
+    <t>laraveiga@hotmail.es</t>
+  </si>
+  <si>
+    <t>Valcarcel Lago</t>
+  </si>
+  <si>
+    <t>Sabela</t>
+  </si>
+  <si>
+    <t>54380285M</t>
+  </si>
+  <si>
+    <t>sabelavalca@gmail.com</t>
+  </si>
+  <si>
+    <t>Fernandez Martinez</t>
+  </si>
+  <si>
+    <t>Paloma</t>
+  </si>
+  <si>
+    <t>53974468T</t>
+  </si>
+  <si>
+    <t>fernandezmartinezpaloma@gmail.com</t>
+  </si>
+  <si>
+    <t>Villarino Torrado</t>
+  </si>
+  <si>
+    <t>44470829F</t>
+  </si>
+  <si>
+    <t>marta.villarino@gmail.com</t>
+  </si>
+  <si>
+    <t>Colmenero Feijoo</t>
+  </si>
+  <si>
+    <t>53188770M</t>
+  </si>
+  <si>
+    <t>lacolmenero@hotmail.com</t>
+  </si>
+  <si>
+    <t>Gonzalez Rodriguez</t>
+  </si>
+  <si>
+    <t>Rosalia</t>
+  </si>
+  <si>
+    <t>33545419B</t>
+  </si>
+  <si>
+    <t>ROSALIAGONZALEZRODRIGUEZ56@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Sanchez Bergantiños</t>
+  </si>
+  <si>
+    <t>Inocencio Antonio</t>
+  </si>
+  <si>
+    <t>54152209C</t>
+  </si>
+  <si>
+    <t>inowo_96@outlook.com</t>
+  </si>
+  <si>
+    <t>Rodriguez Dasilva</t>
+  </si>
+  <si>
+    <t>Silvia</t>
+  </si>
+  <si>
+    <t>39496110G</t>
+  </si>
+  <si>
+    <t>silviard99@gmail.com</t>
+  </si>
+  <si>
+    <t>Vilariño Rama</t>
+  </si>
+  <si>
+    <t>49200616M</t>
+  </si>
+  <si>
+    <t>saravilarinorama@gmail.com</t>
+  </si>
+  <si>
+    <t>Lopez Martinez</t>
+  </si>
+  <si>
+    <t>46091510Q</t>
+  </si>
+  <si>
+    <t>ana.lopez.martinez2021@gmail.com</t>
+  </si>
+  <si>
+    <t>Calvo Gens</t>
+  </si>
+  <si>
+    <t>45952543S</t>
+  </si>
+  <si>
+    <t>calvogenslaura@gmail.com</t>
+  </si>
+  <si>
+    <t>Pazos Romero</t>
+  </si>
+  <si>
+    <t>Lorena</t>
+  </si>
+  <si>
+    <t>79343375E</t>
+  </si>
+  <si>
+    <t>LORENAPAZOSROMERO@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Paz Gomez</t>
+  </si>
+  <si>
+    <t>34303078G</t>
+  </si>
+  <si>
+    <t>uxiapgomez@gmail.com</t>
+  </si>
+  <si>
+    <t>Da Silva Martinez</t>
+  </si>
+  <si>
+    <t>Desiree</t>
+  </si>
+  <si>
+    <t>77549452F</t>
+  </si>
+  <si>
+    <t>dasilvamartinezdesiree@gmail.com</t>
+  </si>
+  <si>
+    <t>Mosteiro Sangiao</t>
+  </si>
+  <si>
+    <t>Andrea</t>
+  </si>
+  <si>
+    <t>44094498W</t>
+  </si>
+  <si>
+    <t>cuartogalego@gmail.com</t>
+  </si>
+  <si>
+    <t>Piñeiro Fernandez</t>
+  </si>
+  <si>
+    <t>Helena</t>
+  </si>
+  <si>
+    <t>53975423N</t>
+  </si>
+  <si>
+    <t>helenapinfer@gmail.com</t>
+  </si>
+  <si>
+    <t>Cayetano De Sequeira</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>35589150P</t>
+  </si>
+  <si>
+    <t>danielcayetano3a@gmail.com</t>
+  </si>
+  <si>
+    <t>Filgueira Llamas</t>
+  </si>
+  <si>
+    <t>77547625C</t>
+  </si>
+  <si>
+    <t>andreafilgueirallamas@gmail.com</t>
+  </si>
+  <si>
+    <t>Segovia Rondan</t>
+  </si>
+  <si>
+    <t>Andres</t>
+  </si>
+  <si>
+    <t>32097285A</t>
+  </si>
+  <si>
+    <t>andressegoviarondan14@gmail.com</t>
+  </si>
+  <si>
+    <t>Sanchez Alvarez</t>
+  </si>
+  <si>
+    <t>44492496P</t>
+  </si>
+  <si>
+    <t>nuriasanchezalvarez15@gmail.com</t>
+  </si>
+  <si>
+    <t>Gomez Garrido</t>
+  </si>
+  <si>
+    <t>Alejandro</t>
+  </si>
+  <si>
+    <t>77547357M</t>
+  </si>
+  <si>
+    <t>agomezgarrido23@gmail.com</t>
+  </si>
+  <si>
+    <t>44499476L</t>
+  </si>
+  <si>
+    <t>nereagonzalezro@gmail.com</t>
+  </si>
+  <si>
+    <t>Fonticoba Fernandez</t>
+  </si>
+  <si>
+    <t>Tania</t>
+  </si>
+  <si>
+    <t>32717458G</t>
+  </si>
+  <si>
+    <t>taniafonticoba@hotmail.com</t>
+  </si>
+  <si>
+    <t>Gonzalez Peña</t>
+  </si>
+  <si>
+    <t>Rocio Isabel</t>
+  </si>
+  <si>
+    <t>25733771Z</t>
+  </si>
+  <si>
+    <t>rocio.igp@gmail.com</t>
+  </si>
+  <si>
+    <t>Moiron Lopez</t>
+  </si>
+  <si>
+    <t>76583790T</t>
+  </si>
+  <si>
+    <t>vanemoironlopez@gmail.com</t>
+  </si>
+  <si>
+    <t>Bermello De Isusi</t>
+  </si>
+  <si>
+    <t>Mikel</t>
+  </si>
+  <si>
+    <t>44491768Q</t>
+  </si>
+  <si>
+    <t>mikel.bermello@gmail.com</t>
+  </si>
+  <si>
+    <t>Fontan Martinez</t>
+  </si>
+  <si>
+    <t>Joel</t>
+  </si>
+  <si>
+    <t>35574445T</t>
+  </si>
+  <si>
+    <t>joel.fontan.martinez@gmail.com</t>
+  </si>
+  <si>
+    <t>Ruiz Garcia</t>
+  </si>
+  <si>
+    <t>44660973X</t>
+  </si>
+  <si>
+    <t>sara7ruizg@gmail.com</t>
+  </si>
+  <si>
+    <t>Feal Allegue</t>
+  </si>
+  <si>
+    <t>Lucas</t>
+  </si>
+  <si>
+    <t>32718670C</t>
+  </si>
+  <si>
+    <t>lucasfealallegue@gmail.com</t>
+  </si>
+  <si>
+    <t>Fernandez Brage</t>
+  </si>
+  <si>
+    <t>Javier</t>
+  </si>
+  <si>
+    <t>79342856D</t>
+  </si>
+  <si>
+    <t>javier.fdez.brage@gmail.com</t>
+  </si>
+  <si>
+    <t>Pou Garcia</t>
+  </si>
+  <si>
+    <t>54231208Z</t>
+  </si>
+  <si>
+    <t>mariapou97@gmail.com</t>
+  </si>
+  <si>
+    <t>Manteiga Garcia</t>
+  </si>
+  <si>
+    <t>Olalla</t>
+  </si>
+  <si>
+    <t>47375661P</t>
+  </si>
+  <si>
+    <t>olallamanteiga@gmail.com</t>
+  </si>
+  <si>
+    <t>Prado Ouro</t>
+  </si>
+  <si>
+    <t>Emilio</t>
+  </si>
+  <si>
+    <t>49677986X</t>
+  </si>
+  <si>
+    <t>pradoemilio2@gmail.com</t>
+  </si>
+  <si>
+    <t>Calveiro Fontenla</t>
+  </si>
+  <si>
+    <t>Lidia</t>
+  </si>
+  <si>
+    <t>53860563Z</t>
+  </si>
+  <si>
+    <t>Lidicalveiro@gmail.com</t>
+  </si>
+  <si>
+    <t>Godas Sabio</t>
+  </si>
+  <si>
+    <t>Adela</t>
+  </si>
+  <si>
+    <t>45873101S</t>
+  </si>
+  <si>
+    <t>adelagodas@gmail.com</t>
+  </si>
+  <si>
+    <t>Otero Torres</t>
+  </si>
+  <si>
+    <t>Aitana</t>
+  </si>
+  <si>
+    <t>35490198W</t>
+  </si>
+  <si>
+    <t>aitanaoterotorres@gmail.com</t>
+  </si>
+  <si>
+    <t>Rivera Piñeiro</t>
+  </si>
+  <si>
+    <t>77545302C</t>
+  </si>
+  <si>
+    <t>riveraaliciap@gmail.com</t>
+  </si>
+  <si>
+    <t>Iglesias De La Fuente</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>49670851M</t>
+  </si>
+  <si>
+    <t>victoriaiglesiasdlf@gmail.com</t>
+  </si>
+  <si>
+    <t>Balboa Cintron</t>
+  </si>
+  <si>
+    <t>Alexandre</t>
+  </si>
+  <si>
+    <t>77463666B</t>
+  </si>
+  <si>
+    <t>balboacintron@gmail.com</t>
+  </si>
+  <si>
+    <t>Moreiras Ferreiros</t>
+  </si>
+  <si>
+    <t>Aine</t>
+  </si>
+  <si>
+    <t>35627606P</t>
+  </si>
+  <si>
+    <t>aine.moreiras@gmail.com</t>
+  </si>
+  <si>
+    <t>Toca Fernandez</t>
+  </si>
+  <si>
+    <t>72180474B</t>
+  </si>
+  <si>
+    <t>tocafernandezalba@gmail.com</t>
+  </si>
+  <si>
+    <t>Garcia Vidal</t>
+  </si>
+  <si>
+    <t>Roi</t>
+  </si>
+  <si>
+    <t>53796623Z</t>
+  </si>
+  <si>
+    <t>Permuy Mallo</t>
+  </si>
+  <si>
+    <t>77420180H</t>
+  </si>
+  <si>
+    <t>albarica_dinoa@hotmail.com</t>
+  </si>
+  <si>
+    <t>Mendez Sanchez</t>
+  </si>
+  <si>
+    <t>Almudena Maria</t>
+  </si>
+  <si>
+    <t>32722304C</t>
+  </si>
+  <si>
+    <t>almums97@gmail.com</t>
+  </si>
+  <si>
+    <t>Igrexas Vazquez</t>
+  </si>
+  <si>
+    <t>78794282P</t>
+  </si>
+  <si>
+    <t>sariglva@hotmail.com</t>
+  </si>
+  <si>
+    <t>Dacal Araujo</t>
+  </si>
+  <si>
+    <t>46095626S</t>
+  </si>
+  <si>
+    <t>laura.layla12@gmail.com</t>
+  </si>
+  <si>
+    <t>Fernandez Fernandez</t>
+  </si>
+  <si>
+    <t>Pedro</t>
+  </si>
+  <si>
+    <t>53821651H</t>
+  </si>
+  <si>
+    <t>pedrofernandez24502@gmail.com</t>
+  </si>
+  <si>
+    <t>Gomez Dorta</t>
+  </si>
+  <si>
+    <t>42290239R</t>
+  </si>
+  <si>
+    <t>andreagomezdorta03@hotmail.com</t>
+  </si>
+  <si>
+    <t>Veiga Romero</t>
+  </si>
+  <si>
+    <t>54129557T</t>
+  </si>
+  <si>
+    <t>SILVIAVRT@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>Causa</t>
+  </si>
+  <si>
+    <t>Data</t>
+  </si>
+  <si>
+    <t>Real Alvarez</t>
+  </si>
+  <si>
+    <t>53300037K</t>
+  </si>
+  <si>
+    <t>larareal.85@gmail.com</t>
+  </si>
+  <si>
+    <t>Non acepta nomeamento</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>Martin Gutierrez</t>
+  </si>
+  <si>
+    <t>Rut</t>
+  </si>
+  <si>
+    <t>79070681Q</t>
+  </si>
+  <si>
+    <t>rut.margut@gmail.com</t>
+  </si>
+  <si>
+    <t>Acepta bolsa museos/arquivos</t>
+  </si>
+  <si>
+    <t>Non acepta chamamento suplente</t>
+  </si>
+  <si>
+    <t>Blanco Senra</t>
+  </si>
+  <si>
+    <t>78809716D</t>
+  </si>
+  <si>
+    <t>veronicablanco599@gmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -480,92 +2450,100 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AE17"/>
+  <dimension ref="A1:AE46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="T30" sqref="T30:AC30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...10 lines deleted...]
-    <col min="14" max="14" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="21.138" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="29" max="29" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
+    <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
+    <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
+    <col min="27" max="27" width="9.10" bestFit="true" style="0"/>
+    <col min="28" max="28" width="9.10" bestFit="true" style="0"/>
+    <col min="29" max="29" width="9.10" bestFit="true" style="0"/>
     <col min="30" max="30" width="9.10" bestFit="true" style="0"/>
     <col min="31" max="31" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -596,166 +2574,7962 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
-      <c r="X1" t="s">
+    </row>
+    <row r="2" spans="1:31">
+      <c r="A2">
+        <v>1</v>
+      </c>
+      <c r="B2" t="s">
         <v>23</v>
       </c>
-      <c r="Y1" t="s">
+      <c r="C2" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" t="s">
+      <c r="D2" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" t="s">
+      <c r="E2" t="s">
         <v>26</v>
       </c>
-      <c r="AB1" t="s">
+      <c r="F2" t="s">
         <v>27</v>
       </c>
-      <c r="AC1" t="s">
+      <c r="I2" t="s">
         <v>28</v>
       </c>
+      <c r="L2">
+        <v>628838071</v>
+      </c>
+      <c r="M2" t="s">
+        <v>29</v>
+      </c>
+      <c r="N2">
+        <v>12.0</v>
+      </c>
+      <c r="O2">
+        <v>4.65</v>
+      </c>
+      <c r="P2">
+        <v>0.0</v>
+      </c>
+      <c r="Q2">
+        <v>1.88</v>
+      </c>
+      <c r="R2">
+        <v>0.0</v>
+      </c>
+      <c r="S2">
+        <v>0.5</v>
+      </c>
+      <c r="T2" s="1">
+        <v>2.0</v>
+      </c>
+      <c r="U2" s="1">
+        <v>21.030000000000001</v>
+      </c>
+      <c r="V2" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
+      <c r="AA2" s="1"/>
+      <c r="AB2" s="1"/>
+      <c r="AC2" s="1"/>
+    </row>
+    <row r="3" spans="1:31">
+      <c r="A3">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3">
+        <v>677869852</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3">
+        <v>4.0</v>
+      </c>
+      <c r="O3">
+        <v>4.0099999999999998</v>
+      </c>
+      <c r="P3">
+        <v>4.0</v>
+      </c>
+      <c r="Q3">
+        <v>0.0</v>
+      </c>
+      <c r="R3">
+        <v>0.0</v>
+      </c>
+      <c r="S3">
+        <v>0.3</v>
+      </c>
+      <c r="T3" s="1">
+        <v>2.0</v>
+      </c>
+      <c r="U3" s="1">
+        <v>14.31</v>
+      </c>
+      <c r="V3" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="W3" s="1"/>
+      <c r="X3" s="1"/>
+      <c r="Y3" s="1"/>
+      <c r="Z3" s="1"/>
+      <c r="AA3" s="1"/>
+      <c r="AB3" s="1"/>
+      <c r="AC3" s="1"/>
+    </row>
+    <row r="4" spans="1:31">
+      <c r="A4">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4">
+        <v>626645955</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4">
+        <v>10.0</v>
+      </c>
+      <c r="O4">
+        <v>3.54</v>
+      </c>
+      <c r="P4">
+        <v>0.0</v>
+      </c>
+      <c r="Q4">
+        <v>0.0</v>
+      </c>
+      <c r="R4">
+        <v>0.0</v>
+      </c>
+      <c r="S4">
+        <v>0.0</v>
+      </c>
+      <c r="T4" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U4" s="1">
+        <v>13.54</v>
+      </c>
+      <c r="V4" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
+      <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
+    </row>
+    <row r="5" spans="1:31">
+      <c r="A5">
+        <v>5</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5">
+        <v>618589923</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5">
+        <v>6.0</v>
+      </c>
+      <c r="O5">
+        <v>2.03</v>
+      </c>
+      <c r="P5">
+        <v>4.0</v>
+      </c>
+      <c r="Q5">
+        <v>0.4</v>
+      </c>
+      <c r="R5">
+        <v>0.0</v>
+      </c>
+      <c r="S5">
+        <v>1.0</v>
+      </c>
+      <c r="T5" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U5" s="1">
+        <v>13.43</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="W5" s="1"/>
+      <c r="X5" s="1"/>
+      <c r="Y5" s="1"/>
+      <c r="Z5" s="1"/>
+      <c r="AA5" s="1"/>
+      <c r="AB5" s="1"/>
+      <c r="AC5" s="1"/>
     </row>
     <row r="6" spans="1:31">
+      <c r="A6">
+        <v>6</v>
+      </c>
       <c r="B6" t="s">
-        <v>29</v>
-      </c>
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L6">
+        <v>603786932</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6">
+        <v>6.0</v>
+      </c>
+      <c r="O6">
+        <v>2.24</v>
+      </c>
+      <c r="P6">
+        <v>0.0</v>
+      </c>
+      <c r="Q6">
+        <v>0.75</v>
+      </c>
+      <c r="R6">
+        <v>0.0</v>
+      </c>
+      <c r="S6">
+        <v>1.0</v>
+      </c>
+      <c r="T6" s="1">
+        <v>2.0</v>
+      </c>
+      <c r="U6" s="1">
+        <v>11.99</v>
+      </c>
+      <c r="V6" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="W6" s="1"/>
+      <c r="X6" s="1"/>
+      <c r="Y6" s="1"/>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1"/>
+      <c r="AB6" s="1"/>
+      <c r="AC6" s="1"/>
     </row>
     <row r="7" spans="1:31">
+      <c r="A7">
+        <v>7</v>
+      </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>28</v>
+      </c>
+      <c r="L7">
+        <v>663541663</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7">
+        <v>4.0</v>
+      </c>
+      <c r="O7">
+        <v>4.33</v>
+      </c>
+      <c r="P7">
+        <v>0.0</v>
+      </c>
+      <c r="Q7">
+        <v>0.11</v>
+      </c>
+      <c r="R7">
+        <v>0.0</v>
+      </c>
+      <c r="S7">
+        <v>1.15</v>
+      </c>
+      <c r="T7" s="1">
+        <v>1.0</v>
+      </c>
+      <c r="U7" s="1">
+        <v>10.59</v>
+      </c>
+      <c r="V7" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="W7" s="1"/>
+      <c r="X7" s="1"/>
+      <c r="Y7" s="1"/>
+      <c r="Z7" s="1"/>
+      <c r="AA7" s="1"/>
+      <c r="AB7" s="1"/>
+      <c r="AC7" s="1"/>
+    </row>
+    <row r="8" spans="1:31">
+      <c r="A8">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="I8" t="s">
+        <v>28</v>
+      </c>
+      <c r="L8">
+        <v>648466154</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8">
+        <v>4.0</v>
+      </c>
+      <c r="O8">
+        <v>3.29</v>
+      </c>
+      <c r="P8">
+        <v>0.0</v>
+      </c>
+      <c r="Q8">
+        <v>0.0</v>
+      </c>
+      <c r="R8">
+        <v>0.0</v>
+      </c>
+      <c r="S8">
+        <v>0.0</v>
+      </c>
+      <c r="T8" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U8" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V8" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="W8" s="1"/>
+      <c r="X8" s="1"/>
+      <c r="Y8" s="1"/>
+      <c r="Z8" s="1"/>
+      <c r="AA8" s="1"/>
+      <c r="AB8" s="1"/>
+      <c r="AC8" s="1"/>
+    </row>
+    <row r="9" spans="1:31">
+      <c r="A9">
+        <v>12</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>28</v>
+      </c>
+      <c r="L9">
+        <v>636915011</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9">
+        <v>4.0</v>
+      </c>
+      <c r="O9">
+        <v>3.29</v>
+      </c>
+      <c r="P9">
+        <v>0.0</v>
+      </c>
+      <c r="Q9">
+        <v>0.0</v>
+      </c>
+      <c r="R9">
+        <v>0.0</v>
+      </c>
+      <c r="S9">
+        <v>0.0</v>
+      </c>
+      <c r="T9" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U9" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V9" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
+      <c r="AB9" s="1"/>
+      <c r="AC9" s="1"/>
+    </row>
+    <row r="10" spans="1:31">
+      <c r="A10">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="I10" t="s">
+        <v>28</v>
+      </c>
+      <c r="L10">
+        <v>698108290</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10">
+        <v>4.0</v>
+      </c>
+      <c r="O10">
+        <v>3.29</v>
+      </c>
+      <c r="P10">
+        <v>0.0</v>
+      </c>
+      <c r="Q10">
+        <v>0.0</v>
+      </c>
+      <c r="R10">
+        <v>0.0</v>
+      </c>
+      <c r="S10">
+        <v>0.0</v>
+      </c>
+      <c r="T10" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U10" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="W10" s="1"/>
+      <c r="X10" s="1"/>
+      <c r="Y10" s="1"/>
+      <c r="Z10" s="1"/>
+      <c r="AA10" s="1"/>
+      <c r="AB10" s="1"/>
+      <c r="AC10" s="1"/>
+    </row>
+    <row r="11" spans="1:31">
+      <c r="A11">
+        <v>14</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="I11" t="s">
+        <v>28</v>
+      </c>
+      <c r="L11">
+        <v>607398694</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11">
+        <v>4.0</v>
+      </c>
+      <c r="O11">
+        <v>3.29</v>
+      </c>
+      <c r="P11">
+        <v>0.0</v>
+      </c>
+      <c r="Q11">
+        <v>0.0</v>
+      </c>
+      <c r="R11">
+        <v>0.0</v>
+      </c>
+      <c r="S11">
+        <v>0.0</v>
+      </c>
+      <c r="T11" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U11" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V11" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="W11" s="1"/>
+      <c r="X11" s="1"/>
+      <c r="Y11" s="1"/>
+      <c r="Z11" s="1"/>
+      <c r="AA11" s="1"/>
+      <c r="AB11" s="1"/>
+      <c r="AC11" s="1"/>
+    </row>
+    <row r="12" spans="1:31">
+      <c r="A12">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="I12" t="s">
+        <v>28</v>
+      </c>
+      <c r="L12">
+        <v>629478766</v>
+      </c>
+      <c r="M12" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12">
+        <v>4.0</v>
+      </c>
+      <c r="O12">
+        <v>3.29</v>
+      </c>
+      <c r="P12">
+        <v>0.0</v>
+      </c>
+      <c r="Q12">
+        <v>0.0</v>
+      </c>
+      <c r="R12">
+        <v>0.0</v>
+      </c>
+      <c r="S12">
+        <v>0.0</v>
+      </c>
+      <c r="T12" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U12" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V12" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="W12" s="1"/>
+      <c r="X12" s="1"/>
+      <c r="Y12" s="1"/>
+      <c r="Z12" s="1"/>
+      <c r="AA12" s="1"/>
+      <c r="AB12" s="1"/>
+      <c r="AC12" s="1"/>
+    </row>
+    <row r="13" spans="1:31">
+      <c r="A13">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="I13" t="s">
+        <v>28</v>
+      </c>
+      <c r="L13">
+        <v>603559996</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13">
+        <v>4.0</v>
+      </c>
+      <c r="O13">
+        <v>3.29</v>
+      </c>
+      <c r="P13">
+        <v>0.0</v>
+      </c>
+      <c r="Q13">
+        <v>0.0</v>
+      </c>
+      <c r="R13">
+        <v>0.0</v>
+      </c>
+      <c r="S13">
+        <v>0.0</v>
+      </c>
+      <c r="T13" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U13" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V13" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="W13" s="1"/>
+      <c r="X13" s="1"/>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+      <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
+      <c r="AC13" s="1"/>
+    </row>
+    <row r="14" spans="1:31">
+      <c r="A14">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="I14" t="s">
+        <v>28</v>
+      </c>
+      <c r="L14">
+        <v>633850468</v>
+      </c>
+      <c r="M14" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14">
+        <v>4.0</v>
+      </c>
+      <c r="O14">
+        <v>3.29</v>
+      </c>
+      <c r="P14">
+        <v>0.0</v>
+      </c>
+      <c r="Q14">
+        <v>0.0</v>
+      </c>
+      <c r="R14">
+        <v>0.0</v>
+      </c>
+      <c r="S14">
+        <v>0.0</v>
+      </c>
+      <c r="T14" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U14" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V14" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
+      <c r="Y14" s="1"/>
+      <c r="Z14" s="1"/>
+      <c r="AA14" s="1"/>
+      <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
+    </row>
+    <row r="15" spans="1:31">
+      <c r="A15">
+        <v>18</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="I15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L15">
+        <v>648067870</v>
+      </c>
+      <c r="M15" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15">
+        <v>4.0</v>
+      </c>
+      <c r="O15">
+        <v>3.29</v>
+      </c>
+      <c r="P15">
+        <v>0.0</v>
+      </c>
+      <c r="Q15">
+        <v>0.0</v>
+      </c>
+      <c r="R15">
+        <v>0.0</v>
+      </c>
+      <c r="S15">
+        <v>0.0</v>
+      </c>
+      <c r="T15" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U15" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V15" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="W15" s="1"/>
+      <c r="X15" s="1"/>
+      <c r="Y15" s="1"/>
+      <c r="Z15" s="1"/>
+      <c r="AA15" s="1"/>
+      <c r="AB15" s="1"/>
+      <c r="AC15" s="1"/>
+    </row>
+    <row r="16" spans="1:31">
+      <c r="A16">
+        <v>19</v>
+      </c>
+      <c r="B16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="I16" t="s">
+        <v>28</v>
+      </c>
+      <c r="L16">
+        <v>698129787</v>
+      </c>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16">
+        <v>4.0</v>
+      </c>
+      <c r="O16">
+        <v>3.29</v>
+      </c>
+      <c r="P16">
+        <v>0.0</v>
+      </c>
+      <c r="Q16">
+        <v>0.0</v>
+      </c>
+      <c r="R16">
+        <v>0.0</v>
+      </c>
+      <c r="S16">
+        <v>0.0</v>
+      </c>
+      <c r="T16" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U16" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V16" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="W16" s="1"/>
+      <c r="X16" s="1"/>
+      <c r="Y16" s="1"/>
+      <c r="Z16" s="1"/>
+      <c r="AA16" s="1"/>
+      <c r="AB16" s="1"/>
+      <c r="AC16" s="1"/>
+    </row>
+    <row r="17" spans="1:31">
+      <c r="A17">
+        <v>20</v>
+      </c>
+      <c r="B17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C17" t="s">
+        <v>105</v>
+      </c>
+      <c r="D17" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="I17" t="s">
+        <v>28</v>
+      </c>
+      <c r="L17">
+        <v>604067918</v>
+      </c>
+      <c r="M17" t="s">
+        <v>108</v>
+      </c>
+      <c r="N17">
+        <v>4.0</v>
+      </c>
+      <c r="O17">
+        <v>3.29</v>
+      </c>
+      <c r="P17">
+        <v>0.0</v>
+      </c>
+      <c r="Q17">
+        <v>0.0</v>
+      </c>
+      <c r="R17">
+        <v>0.0</v>
+      </c>
+      <c r="S17">
+        <v>0.0</v>
+      </c>
+      <c r="T17" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U17" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V17" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="W17" s="1"/>
+      <c r="X17" s="1"/>
+      <c r="Y17" s="1"/>
+      <c r="Z17" s="1"/>
+      <c r="AA17" s="1"/>
+      <c r="AB17" s="1"/>
+      <c r="AC17" s="1"/>
+    </row>
+    <row r="18" spans="1:31">
+      <c r="A18">
+        <v>21</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="I18" t="s">
+        <v>28</v>
+      </c>
+      <c r="L18">
+        <v>673058361</v>
+      </c>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18">
+        <v>4.0</v>
+      </c>
+      <c r="O18">
+        <v>3.29</v>
+      </c>
+      <c r="P18">
+        <v>0.0</v>
+      </c>
+      <c r="Q18">
+        <v>0.0</v>
+      </c>
+      <c r="R18">
+        <v>0.0</v>
+      </c>
+      <c r="S18">
+        <v>0.0</v>
+      </c>
+      <c r="T18" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U18" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V18" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="W18" s="1"/>
+      <c r="X18" s="1"/>
+      <c r="Y18" s="1"/>
+      <c r="Z18" s="1"/>
+      <c r="AA18" s="1"/>
+      <c r="AB18" s="1"/>
+      <c r="AC18" s="1"/>
+    </row>
+    <row r="19" spans="1:31">
+      <c r="A19">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>118</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="I19" t="s">
+        <v>28</v>
+      </c>
+      <c r="L19">
+        <v>684313710</v>
+      </c>
+      <c r="M19" t="s">
+        <v>119</v>
+      </c>
+      <c r="N19">
+        <v>4.0</v>
+      </c>
+      <c r="O19">
+        <v>3.29</v>
+      </c>
+      <c r="P19">
+        <v>0.0</v>
+      </c>
+      <c r="Q19">
+        <v>0.0</v>
+      </c>
+      <c r="R19">
+        <v>0.0</v>
+      </c>
+      <c r="S19">
+        <v>0.0</v>
+      </c>
+      <c r="T19" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U19" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V19" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="W19" s="1"/>
+      <c r="X19" s="1"/>
+      <c r="Y19" s="1"/>
+      <c r="Z19" s="1"/>
+      <c r="AA19" s="1"/>
+      <c r="AB19" s="1"/>
+      <c r="AC19" s="1"/>
+    </row>
+    <row r="20" spans="1:31">
+      <c r="A20">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>26</v>
+      </c>
+      <c r="F20" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" t="s">
+        <v>28</v>
+      </c>
+      <c r="L20">
+        <v>662501967</v>
+      </c>
+      <c r="M20" t="s">
+        <v>124</v>
+      </c>
+      <c r="N20">
+        <v>4.0</v>
+      </c>
+      <c r="O20">
+        <v>3.29</v>
+      </c>
+      <c r="P20">
+        <v>0.0</v>
+      </c>
+      <c r="Q20">
+        <v>0.0</v>
+      </c>
+      <c r="R20">
+        <v>0.0</v>
+      </c>
+      <c r="S20">
+        <v>0.0</v>
+      </c>
+      <c r="T20" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U20" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V20" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="W20" s="1"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="1"/>
+      <c r="Z20" s="1"/>
+      <c r="AA20" s="1"/>
+      <c r="AB20" s="1"/>
+      <c r="AC20" s="1"/>
+    </row>
+    <row r="21" spans="1:31">
+      <c r="A21">
+        <v>24</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" t="s">
+        <v>129</v>
+      </c>
+      <c r="I21" t="s">
+        <v>28</v>
+      </c>
+      <c r="L21">
+        <v>654729106</v>
+      </c>
+      <c r="M21" t="s">
+        <v>130</v>
+      </c>
+      <c r="N21">
+        <v>4.0</v>
+      </c>
+      <c r="O21">
+        <v>3.29</v>
+      </c>
+      <c r="P21">
+        <v>0.0</v>
+      </c>
+      <c r="Q21">
+        <v>0.0</v>
+      </c>
+      <c r="R21">
+        <v>0.0</v>
+      </c>
+      <c r="S21">
+        <v>0.0</v>
+      </c>
+      <c r="T21" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U21" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V21" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="W21" s="1"/>
+      <c r="X21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="1"/>
+      <c r="AA21" s="1"/>
+      <c r="AB21" s="1"/>
+      <c r="AC21" s="1"/>
+    </row>
+    <row r="22" spans="1:31">
+      <c r="A22">
+        <v>25</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22" t="s">
+        <v>135</v>
+      </c>
+      <c r="I22" t="s">
+        <v>28</v>
+      </c>
+      <c r="L22">
+        <v>634947294</v>
+      </c>
+      <c r="M22" t="s">
+        <v>136</v>
+      </c>
+      <c r="N22">
+        <v>4.0</v>
+      </c>
+      <c r="O22">
+        <v>3.29</v>
+      </c>
+      <c r="P22">
+        <v>0.0</v>
+      </c>
+      <c r="Q22">
+        <v>0.0</v>
+      </c>
+      <c r="R22">
+        <v>0.0</v>
+      </c>
+      <c r="S22">
+        <v>0.0</v>
+      </c>
+      <c r="T22" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U22" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V22" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="W22" s="1"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="1"/>
+      <c r="Z22" s="1"/>
+      <c r="AA22" s="1"/>
+      <c r="AB22" s="1"/>
+      <c r="AC22" s="1"/>
+    </row>
+    <row r="23" spans="1:31">
+      <c r="A23">
+        <v>26</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>139</v>
+      </c>
+      <c r="D23" t="s">
+        <v>140</v>
+      </c>
+      <c r="E23" t="s">
+        <v>26</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="I23" t="s">
+        <v>28</v>
+      </c>
+      <c r="L23">
+        <v>644354086</v>
+      </c>
+      <c r="M23" t="s">
+        <v>141</v>
+      </c>
+      <c r="N23">
+        <v>4.0</v>
+      </c>
+      <c r="O23">
+        <v>3.29</v>
+      </c>
+      <c r="P23">
+        <v>0.0</v>
+      </c>
+      <c r="Q23">
+        <v>0.0</v>
+      </c>
+      <c r="R23">
+        <v>0.0</v>
+      </c>
+      <c r="S23">
+        <v>0.0</v>
+      </c>
+      <c r="T23" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U23" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V23" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="W23" s="1"/>
+      <c r="X23" s="1"/>
+      <c r="Y23" s="1"/>
+      <c r="Z23" s="1"/>
+      <c r="AA23" s="1"/>
+      <c r="AB23" s="1"/>
+      <c r="AC23" s="1"/>
+    </row>
+    <row r="24" spans="1:31">
+      <c r="A24">
+        <v>28</v>
+      </c>
+      <c r="B24" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" t="s">
+        <v>144</v>
+      </c>
+      <c r="D24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E24" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24" t="s">
+        <v>129</v>
+      </c>
+      <c r="I24" t="s">
+        <v>28</v>
+      </c>
+      <c r="L24">
+        <v>654917408</v>
+      </c>
+      <c r="M24" t="s">
+        <v>146</v>
+      </c>
+      <c r="N24">
+        <v>4.0</v>
+      </c>
+      <c r="O24">
+        <v>3.29</v>
+      </c>
+      <c r="P24">
+        <v>0.0</v>
+      </c>
+      <c r="Q24">
+        <v>0.0</v>
+      </c>
+      <c r="R24">
+        <v>0.0</v>
+      </c>
+      <c r="S24">
+        <v>0.0</v>
+      </c>
+      <c r="T24" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U24" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V24" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="W24" s="1"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="1"/>
+      <c r="Z24" s="1"/>
+      <c r="AA24" s="1"/>
+      <c r="AB24" s="1"/>
+      <c r="AC24" s="1"/>
+    </row>
+    <row r="25" spans="1:31">
+      <c r="A25">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" t="s">
+      <c r="B25" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" t="s">
+        <v>149</v>
+      </c>
+      <c r="D25" t="s">
+        <v>150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>26</v>
+      </c>
+      <c r="F25" t="s">
+        <v>82</v>
+      </c>
+      <c r="I25" t="s">
+        <v>28</v>
+      </c>
+      <c r="L25">
+        <v>654022767</v>
+      </c>
+      <c r="M25" t="s">
+        <v>151</v>
+      </c>
+      <c r="N25">
+        <v>4.0</v>
+      </c>
+      <c r="O25">
+        <v>3.29</v>
+      </c>
+      <c r="P25">
+        <v>0.0</v>
+      </c>
+      <c r="Q25">
+        <v>0.0</v>
+      </c>
+      <c r="R25">
+        <v>0.0</v>
+      </c>
+      <c r="S25">
+        <v>0.0</v>
+      </c>
+      <c r="T25" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U25" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V25" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="W25" s="1"/>
+      <c r="X25" s="1"/>
+      <c r="Y25" s="1"/>
+      <c r="Z25" s="1"/>
+      <c r="AA25" s="1"/>
+      <c r="AB25" s="1"/>
+      <c r="AC25" s="1"/>
+    </row>
+    <row r="26" spans="1:31">
+      <c r="A26">
         <v>32</v>
       </c>
-      <c r="C8" t="s">
-[...4 lines deleted...]
-      <c r="B10" t="s">
+      <c r="B26" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>154</v>
+      </c>
+      <c r="D26" t="s">
+        <v>155</v>
+      </c>
+      <c r="E26" t="s">
+        <v>26</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="I26" t="s">
+        <v>28</v>
+      </c>
+      <c r="L26">
+        <v>608072471</v>
+      </c>
+      <c r="M26" t="s">
+        <v>156</v>
+      </c>
+      <c r="N26">
+        <v>4.0</v>
+      </c>
+      <c r="O26">
+        <v>3.29</v>
+      </c>
+      <c r="P26">
+        <v>0.0</v>
+      </c>
+      <c r="Q26">
+        <v>0.0</v>
+      </c>
+      <c r="R26">
+        <v>0.0</v>
+      </c>
+      <c r="S26">
+        <v>0.0</v>
+      </c>
+      <c r="T26" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U26" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V26" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="W26" s="1"/>
+      <c r="X26" s="1"/>
+      <c r="Y26" s="1"/>
+      <c r="Z26" s="1"/>
+      <c r="AA26" s="1"/>
+      <c r="AB26" s="1"/>
+      <c r="AC26" s="1"/>
+    </row>
+    <row r="27" spans="1:31">
+      <c r="A27">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>154</v>
+      </c>
+      <c r="D27" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" t="s">
+        <v>26</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" t="s">
+        <v>160</v>
+      </c>
+      <c r="H27" t="s">
+        <v>161</v>
+      </c>
+      <c r="I27" t="s">
+        <v>28</v>
+      </c>
+      <c r="L27">
+        <v>722530513</v>
+      </c>
+      <c r="M27" t="s">
+        <v>162</v>
+      </c>
+      <c r="N27">
+        <v>4.0</v>
+      </c>
+      <c r="O27">
+        <v>3.29</v>
+      </c>
+      <c r="P27">
+        <v>0.0</v>
+      </c>
+      <c r="Q27">
+        <v>0.0</v>
+      </c>
+      <c r="R27">
+        <v>0.0</v>
+      </c>
+      <c r="S27">
+        <v>0.0</v>
+      </c>
+      <c r="T27" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U27" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V27" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="W27" s="1"/>
+      <c r="X27" s="1"/>
+      <c r="Y27" s="1"/>
+      <c r="Z27" s="1"/>
+      <c r="AA27" s="1"/>
+      <c r="AB27" s="1"/>
+      <c r="AC27" s="1"/>
+    </row>
+    <row r="28" spans="1:31">
+      <c r="A28">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" t="s">
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
+        <v>26</v>
+      </c>
+      <c r="F28" t="s">
+        <v>107</v>
+      </c>
+      <c r="I28" t="s">
+        <v>28</v>
+      </c>
+      <c r="L28">
+        <v>666916779</v>
+      </c>
+      <c r="M28" t="s">
+        <v>167</v>
+      </c>
+      <c r="N28">
+        <v>4.0</v>
+      </c>
+      <c r="O28">
+        <v>3.29</v>
+      </c>
+      <c r="P28">
+        <v>0.0</v>
+      </c>
+      <c r="Q28">
+        <v>0.0</v>
+      </c>
+      <c r="R28">
+        <v>0.0</v>
+      </c>
+      <c r="S28">
+        <v>0.0</v>
+      </c>
+      <c r="T28" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U28" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V28" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="W28" s="1"/>
+      <c r="X28" s="1"/>
+      <c r="Y28" s="1"/>
+      <c r="Z28" s="1"/>
+      <c r="AA28" s="1"/>
+      <c r="AB28" s="1"/>
+      <c r="AC28" s="1"/>
+    </row>
+    <row r="29" spans="1:31">
+      <c r="A29">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="B29" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" t="s">
+        <v>170</v>
+      </c>
+      <c r="D29" t="s">
+        <v>171</v>
+      </c>
+      <c r="E29" t="s">
+        <v>26</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="I29" t="s">
+        <v>28</v>
+      </c>
+      <c r="L29">
+        <v>627070057</v>
+      </c>
+      <c r="M29" t="s">
+        <v>172</v>
+      </c>
+      <c r="N29">
+        <v>4.0</v>
+      </c>
+      <c r="O29">
+        <v>3.29</v>
+      </c>
+      <c r="P29">
+        <v>0.0</v>
+      </c>
+      <c r="Q29">
+        <v>0.0</v>
+      </c>
+      <c r="R29">
+        <v>0.0</v>
+      </c>
+      <c r="S29">
+        <v>0.0</v>
+      </c>
+      <c r="T29" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U29" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V29" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="W29" s="1"/>
+      <c r="X29" s="1"/>
+      <c r="Y29" s="1"/>
+      <c r="Z29" s="1"/>
+      <c r="AA29" s="1"/>
+      <c r="AB29" s="1"/>
+      <c r="AC29" s="1"/>
+    </row>
+    <row r="30" spans="1:31">
+      <c r="A30">
         <v>37</v>
       </c>
-    </row>
-[...17 lines deleted...]
-        <v>41</v>
+      <c r="B30" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" t="s">
+        <v>175</v>
+      </c>
+      <c r="E30" t="s">
+        <v>26</v>
+      </c>
+      <c r="F30" t="s">
+        <v>129</v>
+      </c>
+      <c r="I30" t="s">
+        <v>28</v>
+      </c>
+      <c r="L30">
+        <v>676919660</v>
+      </c>
+      <c r="M30" t="s">
+        <v>176</v>
+      </c>
+      <c r="N30">
+        <v>4.0</v>
+      </c>
+      <c r="O30">
+        <v>3.29</v>
+      </c>
+      <c r="P30">
+        <v>0.0</v>
+      </c>
+      <c r="Q30">
+        <v>0.0</v>
+      </c>
+      <c r="R30">
+        <v>0.0</v>
+      </c>
+      <c r="S30">
+        <v>0.0</v>
+      </c>
+      <c r="T30" s="1">
+        <v>0.0</v>
+      </c>
+      <c r="U30" s="1">
+        <v>7.29</v>
+      </c>
+      <c r="V30" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="W30" s="1"/>
+      <c r="X30" s="1"/>
+      <c r="Y30" s="1"/>
+      <c r="Z30" s="1"/>
+      <c r="AA30" s="1"/>
+      <c r="AB30" s="1"/>
+      <c r="AC30" s="1"/>
+    </row>
+    <row r="35" spans="1:31">
+      <c r="B35" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="36" spans="1:31">
+      <c r="B36" t="s">
+        <v>179</v>
+      </c>
+      <c r="C36" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="37" spans="1:31">
+      <c r="B37" t="s">
+        <v>181</v>
+      </c>
+      <c r="C37" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="39" spans="1:31">
+      <c r="B39" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="40" spans="1:31">
+      <c r="B40" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="41" spans="1:31">
+      <c r="B41" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="42" spans="1:31">
+      <c r="B42" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="43" spans="1:31">
+      <c r="B43" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:31">
+      <c r="B44" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="45" spans="1:31">
+      <c r="B45" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="46" spans="1:31">
+      <c r="B46" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B6:C6"/>
-[...7 lines deleted...]
-    <mergeCell ref="B17:N17"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="B39:N39"/>
+    <mergeCell ref="B40:N40"/>
+    <mergeCell ref="B41:N41"/>
+    <mergeCell ref="B42:N42"/>
+    <mergeCell ref="B43:N43"/>
+    <mergeCell ref="B44:N44"/>
+    <mergeCell ref="B45:N45"/>
+    <mergeCell ref="B46:N46"/>
   </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:P135"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="O135" sqref="O135"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>135</v>
+      </c>
+      <c r="K1" t="s">
+        <v>44</v>
+      </c>
+      <c r="L1" t="s">
+        <v>107</v>
+      </c>
+      <c r="M1" t="s">
+        <v>129</v>
+      </c>
+      <c r="N1" t="s">
+        <v>82</v>
+      </c>
+      <c r="O1" t="s">
+        <v>21</v>
+      </c>
+      <c r="P1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>191</v>
+      </c>
+      <c r="C2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E2">
+        <v>682663454</v>
+      </c>
+      <c r="F2" t="s">
+        <v>194</v>
+      </c>
+      <c r="G2">
+        <v>1</v>
+      </c>
+      <c r="H2">
+        <v>2</v>
+      </c>
+      <c r="O2" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D3" t="s">
+        <v>196</v>
+      </c>
+      <c r="E3">
+        <v>686233256</v>
+      </c>
+      <c r="F3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G3">
+        <v>1</v>
+      </c>
+      <c r="H3">
+        <v>2</v>
+      </c>
+      <c r="O3" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C4" t="s">
+        <v>199</v>
+      </c>
+      <c r="D4" t="s">
+        <v>200</v>
+      </c>
+      <c r="E4">
+        <v>647286459</v>
+      </c>
+      <c r="F4" t="s">
+        <v>201</v>
+      </c>
+      <c r="G4">
+        <v>3</v>
+      </c>
+      <c r="H4">
+        <v>4</v>
+      </c>
+      <c r="I4">
+        <v>7</v>
+      </c>
+      <c r="J4">
+        <v>8</v>
+      </c>
+      <c r="K4">
+        <v>5</v>
+      </c>
+      <c r="L4">
+        <v>6</v>
+      </c>
+      <c r="M4">
+        <v>1</v>
+      </c>
+      <c r="N4">
+        <v>2</v>
+      </c>
+      <c r="O4" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E5">
+        <v>644499960</v>
+      </c>
+      <c r="F5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G5">
+        <v>4</v>
+      </c>
+      <c r="H5">
+        <v>5</v>
+      </c>
+      <c r="I5">
+        <v>7</v>
+      </c>
+      <c r="J5">
+        <v>8</v>
+      </c>
+      <c r="K5">
+        <v>6</v>
+      </c>
+      <c r="L5">
+        <v>2</v>
+      </c>
+      <c r="M5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>1</v>
+      </c>
+      <c r="O5" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6">
+        <v>40</v>
+      </c>
+      <c r="B6" t="s">
+        <v>206</v>
+      </c>
+      <c r="C6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D6" t="s">
+        <v>208</v>
+      </c>
+      <c r="E6">
+        <v>625080691</v>
+      </c>
+      <c r="F6" t="s">
+        <v>209</v>
+      </c>
+      <c r="G6">
+        <v>3</v>
+      </c>
+      <c r="H6">
+        <v>2</v>
+      </c>
+      <c r="I6">
+        <v>4</v>
+      </c>
+      <c r="J6">
+        <v>8</v>
+      </c>
+      <c r="K6">
+        <v>5</v>
+      </c>
+      <c r="L6">
+        <v>1</v>
+      </c>
+      <c r="M6">
+        <v>6</v>
+      </c>
+      <c r="N6">
+        <v>7</v>
+      </c>
+      <c r="O6" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C7" t="s">
+        <v>211</v>
+      </c>
+      <c r="D7" t="s">
+        <v>212</v>
+      </c>
+      <c r="E7">
+        <v>686101768</v>
+      </c>
+      <c r="F7" t="s">
+        <v>213</v>
+      </c>
+      <c r="N7">
+        <v>1</v>
+      </c>
+      <c r="O7" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D8" t="s">
+        <v>216</v>
+      </c>
+      <c r="E8">
+        <v>616589836</v>
+      </c>
+      <c r="F8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L8">
+        <v>2</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>1</v>
+      </c>
+      <c r="O8" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C9" t="s">
+        <v>219</v>
+      </c>
+      <c r="D9" t="s">
+        <v>220</v>
+      </c>
+      <c r="E9">
+        <v>659896671</v>
+      </c>
+      <c r="F9" t="s">
+        <v>221</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
+      </c>
+      <c r="H9">
+        <v>2</v>
+      </c>
+      <c r="O9" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>222</v>
+      </c>
+      <c r="C10" t="s">
+        <v>223</v>
+      </c>
+      <c r="D10" t="s">
+        <v>224</v>
+      </c>
+      <c r="E10">
+        <v>675402415</v>
+      </c>
+      <c r="F10" t="s">
+        <v>225</v>
+      </c>
+      <c r="G10">
+        <v>4</v>
+      </c>
+      <c r="H10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>2</v>
+      </c>
+      <c r="N10">
+        <v>1</v>
+      </c>
+      <c r="O10" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>226</v>
+      </c>
+      <c r="C11" t="s">
+        <v>227</v>
+      </c>
+      <c r="D11" t="s">
+        <v>228</v>
+      </c>
+      <c r="E11">
+        <v>667202359</v>
+      </c>
+      <c r="F11" t="s">
+        <v>229</v>
+      </c>
+      <c r="G11">
+        <v>3</v>
+      </c>
+      <c r="H11">
+        <v>4</v>
+      </c>
+      <c r="I11">
+        <v>6</v>
+      </c>
+      <c r="J11">
+        <v>7</v>
+      </c>
+      <c r="K11">
+        <v>8</v>
+      </c>
+      <c r="L11">
+        <v>5</v>
+      </c>
+      <c r="M11">
+        <v>2</v>
+      </c>
+      <c r="N11">
+        <v>1</v>
+      </c>
+      <c r="O11" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
+        <v>230</v>
+      </c>
+      <c r="C12" t="s">
+        <v>231</v>
+      </c>
+      <c r="D12" t="s">
+        <v>232</v>
+      </c>
+      <c r="E12">
+        <v>615046508</v>
+      </c>
+      <c r="F12" t="s">
+        <v>233</v>
+      </c>
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="H12">
+        <v>1</v>
+      </c>
+      <c r="I12">
+        <v>3</v>
+      </c>
+      <c r="J12">
+        <v>8</v>
+      </c>
+      <c r="K12">
+        <v>5</v>
+      </c>
+      <c r="L12">
+        <v>4</v>
+      </c>
+      <c r="M12">
+        <v>6</v>
+      </c>
+      <c r="N12">
+        <v>7</v>
+      </c>
+      <c r="O12" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
+        <v>234</v>
+      </c>
+      <c r="C13" t="s">
+        <v>235</v>
+      </c>
+      <c r="D13" t="s">
+        <v>236</v>
+      </c>
+      <c r="E13">
+        <v>667902181</v>
+      </c>
+      <c r="F13" t="s">
+        <v>237</v>
+      </c>
+      <c r="G13">
+        <v>4</v>
+      </c>
+      <c r="H13">
+        <v>3</v>
+      </c>
+      <c r="J13">
+        <v>7</v>
+      </c>
+      <c r="K13">
+        <v>5</v>
+      </c>
+      <c r="L13">
+        <v>1</v>
+      </c>
+      <c r="M13">
+        <v>2</v>
+      </c>
+      <c r="N13">
+        <v>6</v>
+      </c>
+      <c r="O13" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14">
+        <v>48</v>
+      </c>
+      <c r="B14" t="s">
+        <v>238</v>
+      </c>
+      <c r="C14" t="s">
+        <v>239</v>
+      </c>
+      <c r="D14" t="s">
+        <v>240</v>
+      </c>
+      <c r="E14">
+        <v>649758089</v>
+      </c>
+      <c r="F14" t="s">
+        <v>241</v>
+      </c>
+      <c r="G14">
+        <v>3</v>
+      </c>
+      <c r="H14">
+        <v>4</v>
+      </c>
+      <c r="K14">
+        <v>5</v>
+      </c>
+      <c r="L14">
+        <v>1</v>
+      </c>
+      <c r="M14">
+        <v>6</v>
+      </c>
+      <c r="N14">
+        <v>2</v>
+      </c>
+      <c r="O14" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15">
+        <v>49</v>
+      </c>
+      <c r="B15" t="s">
+        <v>242</v>
+      </c>
+      <c r="C15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D15" t="s">
+        <v>244</v>
+      </c>
+      <c r="E15">
+        <v>605637060</v>
+      </c>
+      <c r="F15" t="s">
+        <v>245</v>
+      </c>
+      <c r="G15">
+        <v>2</v>
+      </c>
+      <c r="H15">
+        <v>1</v>
+      </c>
+      <c r="I15">
+        <v>4</v>
+      </c>
+      <c r="J15">
+        <v>3</v>
+      </c>
+      <c r="O15" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>246</v>
+      </c>
+      <c r="C16" t="s">
+        <v>247</v>
+      </c>
+      <c r="D16" t="s">
+        <v>248</v>
+      </c>
+      <c r="E16">
+        <v>658544052</v>
+      </c>
+      <c r="F16" t="s">
+        <v>249</v>
+      </c>
+      <c r="G16">
+        <v>4</v>
+      </c>
+      <c r="H16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>1</v>
+      </c>
+      <c r="N16">
+        <v>2</v>
+      </c>
+      <c r="O16" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
+        <v>250</v>
+      </c>
+      <c r="C17" t="s">
+        <v>251</v>
+      </c>
+      <c r="D17" t="s">
+        <v>252</v>
+      </c>
+      <c r="E17">
+        <v>619974047</v>
+      </c>
+      <c r="F17" t="s">
+        <v>253</v>
+      </c>
+      <c r="G17">
+        <v>3</v>
+      </c>
+      <c r="H17">
+        <v>2</v>
+      </c>
+      <c r="I17">
+        <v>1</v>
+      </c>
+      <c r="J17">
+        <v>6</v>
+      </c>
+      <c r="K17">
+        <v>8</v>
+      </c>
+      <c r="L17">
+        <v>7</v>
+      </c>
+      <c r="M17">
+        <v>5</v>
+      </c>
+      <c r="N17">
+        <v>4</v>
+      </c>
+      <c r="O17" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18">
+        <v>52</v>
+      </c>
+      <c r="B18" t="s">
+        <v>254</v>
+      </c>
+      <c r="C18" t="s">
+        <v>255</v>
+      </c>
+      <c r="D18" t="s">
+        <v>256</v>
+      </c>
+      <c r="E18">
+        <v>634639461</v>
+      </c>
+      <c r="F18" t="s">
+        <v>257</v>
+      </c>
+      <c r="G18">
+        <v>5</v>
+      </c>
+      <c r="H18">
+        <v>4</v>
+      </c>
+      <c r="I18">
+        <v>6</v>
+      </c>
+      <c r="J18">
+        <v>8</v>
+      </c>
+      <c r="K18">
+        <v>2</v>
+      </c>
+      <c r="L18">
+        <v>1</v>
+      </c>
+      <c r="M18">
+        <v>7</v>
+      </c>
+      <c r="N18">
+        <v>3</v>
+      </c>
+      <c r="O18" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19">
+        <v>53</v>
+      </c>
+      <c r="B19" t="s">
+        <v>258</v>
+      </c>
+      <c r="C19" t="s">
+        <v>259</v>
+      </c>
+      <c r="D19" t="s">
+        <v>260</v>
+      </c>
+      <c r="E19">
+        <v>656693681</v>
+      </c>
+      <c r="F19" t="s">
+        <v>261</v>
+      </c>
+      <c r="H19">
+        <v>1</v>
+      </c>
+      <c r="O19" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20">
+        <v>54</v>
+      </c>
+      <c r="B20" t="s">
+        <v>262</v>
+      </c>
+      <c r="C20" t="s">
+        <v>263</v>
+      </c>
+      <c r="D20" t="s">
+        <v>264</v>
+      </c>
+      <c r="E20">
+        <v>648617195</v>
+      </c>
+      <c r="F20" t="s">
+        <v>265</v>
+      </c>
+      <c r="G20">
+        <v>2</v>
+      </c>
+      <c r="H20">
+        <v>3</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
+      </c>
+      <c r="J20">
+        <v>6</v>
+      </c>
+      <c r="K20">
+        <v>7</v>
+      </c>
+      <c r="L20">
+        <v>8</v>
+      </c>
+      <c r="M20">
+        <v>5</v>
+      </c>
+      <c r="N20">
+        <v>4</v>
+      </c>
+      <c r="O20" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21">
+        <v>55</v>
+      </c>
+      <c r="B21" t="s">
+        <v>266</v>
+      </c>
+      <c r="C21" t="s">
+        <v>267</v>
+      </c>
+      <c r="D21" t="s">
+        <v>268</v>
+      </c>
+      <c r="E21">
+        <v>609259343</v>
+      </c>
+      <c r="F21" t="s">
+        <v>269</v>
+      </c>
+      <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21">
+        <v>2</v>
+      </c>
+      <c r="I21">
+        <v>5</v>
+      </c>
+      <c r="K21">
+        <v>7</v>
+      </c>
+      <c r="L21">
+        <v>6</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22">
+        <v>56</v>
+      </c>
+      <c r="B22" t="s">
+        <v>270</v>
+      </c>
+      <c r="C22" t="s">
+        <v>271</v>
+      </c>
+      <c r="D22" t="s">
+        <v>272</v>
+      </c>
+      <c r="E22">
+        <v>604000291</v>
+      </c>
+      <c r="F22" t="s">
+        <v>273</v>
+      </c>
+      <c r="G22">
+        <v>2</v>
+      </c>
+      <c r="H22">
+        <v>3</v>
+      </c>
+      <c r="I22">
+        <v>4</v>
+      </c>
+      <c r="J22">
+        <v>1</v>
+      </c>
+      <c r="O22" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23">
+        <v>57</v>
+      </c>
+      <c r="B23" t="s">
+        <v>274</v>
+      </c>
+      <c r="C23" t="s">
+        <v>275</v>
+      </c>
+      <c r="D23" t="s">
+        <v>276</v>
+      </c>
+      <c r="E23">
+        <v>619068843</v>
+      </c>
+      <c r="F23" t="s">
+        <v>277</v>
+      </c>
+      <c r="G23">
+        <v>3</v>
+      </c>
+      <c r="H23">
+        <v>1</v>
+      </c>
+      <c r="J23">
+        <v>7</v>
+      </c>
+      <c r="K23">
+        <v>5</v>
+      </c>
+      <c r="L23">
+        <v>6</v>
+      </c>
+      <c r="M23">
+        <v>2</v>
+      </c>
+      <c r="N23">
+        <v>4</v>
+      </c>
+      <c r="O23" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24">
+        <v>58</v>
+      </c>
+      <c r="B24" t="s">
+        <v>278</v>
+      </c>
+      <c r="C24" t="s">
+        <v>279</v>
+      </c>
+      <c r="D24" t="s">
+        <v>280</v>
+      </c>
+      <c r="E24">
+        <v>654715106</v>
+      </c>
+      <c r="F24" t="s">
+        <v>281</v>
+      </c>
+      <c r="G24">
+        <v>2</v>
+      </c>
+      <c r="H24">
+        <v>1</v>
+      </c>
+      <c r="M24">
+        <v>4</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25">
+        <v>59</v>
+      </c>
+      <c r="B25" t="s">
+        <v>282</v>
+      </c>
+      <c r="C25" t="s">
+        <v>165</v>
+      </c>
+      <c r="D25" t="s">
+        <v>283</v>
+      </c>
+      <c r="E25">
+        <v>670748353</v>
+      </c>
+      <c r="F25" t="s">
+        <v>284</v>
+      </c>
+      <c r="G25">
+        <v>6</v>
+      </c>
+      <c r="H25">
+        <v>5</v>
+      </c>
+      <c r="I25">
+        <v>2</v>
+      </c>
+      <c r="J25">
+        <v>3</v>
+      </c>
+      <c r="K25">
+        <v>7</v>
+      </c>
+      <c r="L25">
+        <v>1</v>
+      </c>
+      <c r="M25">
+        <v>4</v>
+      </c>
+      <c r="N25">
+        <v>8</v>
+      </c>
+      <c r="O25" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26">
+        <v>60</v>
+      </c>
+      <c r="B26" t="s">
+        <v>285</v>
+      </c>
+      <c r="C26" t="s">
+        <v>286</v>
+      </c>
+      <c r="D26" t="s">
+        <v>287</v>
+      </c>
+      <c r="E26">
+        <v>676856827</v>
+      </c>
+      <c r="F26" t="s">
+        <v>288</v>
+      </c>
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="H26">
+        <v>2</v>
+      </c>
+      <c r="I26">
+        <v>4</v>
+      </c>
+      <c r="J26">
+        <v>8</v>
+      </c>
+      <c r="K26">
+        <v>7</v>
+      </c>
+      <c r="L26">
+        <v>5</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>6</v>
+      </c>
+      <c r="O26" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27">
+        <v>61</v>
+      </c>
+      <c r="B27" t="s">
+        <v>289</v>
+      </c>
+      <c r="C27" t="s">
+        <v>290</v>
+      </c>
+      <c r="D27" t="s">
+        <v>291</v>
+      </c>
+      <c r="E27">
+        <v>633849152</v>
+      </c>
+      <c r="F27" t="s">
+        <v>292</v>
+      </c>
+      <c r="G27">
+        <v>4</v>
+      </c>
+      <c r="H27">
+        <v>2</v>
+      </c>
+      <c r="I27">
+        <v>5</v>
+      </c>
+      <c r="J27">
+        <v>6</v>
+      </c>
+      <c r="K27">
+        <v>7</v>
+      </c>
+      <c r="L27">
+        <v>8</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>1</v>
+      </c>
+      <c r="O27" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28">
+        <v>62</v>
+      </c>
+      <c r="B28" t="s">
+        <v>293</v>
+      </c>
+      <c r="C28" t="s">
+        <v>294</v>
+      </c>
+      <c r="D28" t="s">
+        <v>295</v>
+      </c>
+      <c r="E28">
+        <v>645034815</v>
+      </c>
+      <c r="F28" t="s">
+        <v>296</v>
+      </c>
+      <c r="G28">
+        <v>1</v>
+      </c>
+      <c r="H28">
+        <v>2</v>
+      </c>
+      <c r="I28">
+        <v>4</v>
+      </c>
+      <c r="J28">
+        <v>8</v>
+      </c>
+      <c r="K28">
+        <v>7</v>
+      </c>
+      <c r="L28">
+        <v>6</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>5</v>
+      </c>
+      <c r="O28" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29">
+        <v>63</v>
+      </c>
+      <c r="B29" t="s">
+        <v>297</v>
+      </c>
+      <c r="C29" t="s">
+        <v>298</v>
+      </c>
+      <c r="D29" t="s">
+        <v>299</v>
+      </c>
+      <c r="E29">
+        <v>610393815</v>
+      </c>
+      <c r="F29" t="s">
+        <v>300</v>
+      </c>
+      <c r="G29">
+        <v>5</v>
+      </c>
+      <c r="H29">
+        <v>4</v>
+      </c>
+      <c r="I29">
+        <v>6</v>
+      </c>
+      <c r="J29">
+        <v>8</v>
+      </c>
+      <c r="K29">
+        <v>7</v>
+      </c>
+      <c r="L29">
+        <v>3</v>
+      </c>
+      <c r="M29">
+        <v>2</v>
+      </c>
+      <c r="N29">
+        <v>1</v>
+      </c>
+      <c r="O29" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
+        <v>301</v>
+      </c>
+      <c r="C30" t="s">
+        <v>302</v>
+      </c>
+      <c r="D30" t="s">
+        <v>303</v>
+      </c>
+      <c r="E30">
+        <v>669125874</v>
+      </c>
+      <c r="F30" t="s">
+        <v>304</v>
+      </c>
+      <c r="G30">
+        <v>1</v>
+      </c>
+      <c r="H30">
+        <v>2</v>
+      </c>
+      <c r="I30">
+        <v>3</v>
+      </c>
+      <c r="J30">
+        <v>8</v>
+      </c>
+      <c r="K30">
+        <v>6</v>
+      </c>
+      <c r="L30">
+        <v>7</v>
+      </c>
+      <c r="M30">
+        <v>4</v>
+      </c>
+      <c r="N30">
+        <v>5</v>
+      </c>
+      <c r="O30" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
+        <v>305</v>
+      </c>
+      <c r="C31" t="s">
+        <v>306</v>
+      </c>
+      <c r="D31" t="s">
+        <v>307</v>
+      </c>
+      <c r="E31">
+        <v>649010900</v>
+      </c>
+      <c r="F31" t="s">
+        <v>308</v>
+      </c>
+      <c r="L31">
+        <v>1</v>
+      </c>
+      <c r="M31">
+        <v>2</v>
+      </c>
+      <c r="N31">
+        <v>3</v>
+      </c>
+      <c r="O31" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
+        <v>309</v>
+      </c>
+      <c r="C32" t="s">
+        <v>310</v>
+      </c>
+      <c r="D32" t="s">
+        <v>311</v>
+      </c>
+      <c r="E32">
+        <v>687637278</v>
+      </c>
+      <c r="F32" t="s">
+        <v>312</v>
+      </c>
+      <c r="G32">
+        <v>3</v>
+      </c>
+      <c r="H32">
+        <v>2</v>
+      </c>
+      <c r="I32">
+        <v>1</v>
+      </c>
+      <c r="J32">
+        <v>7</v>
+      </c>
+      <c r="K32">
+        <v>8</v>
+      </c>
+      <c r="L32">
+        <v>6</v>
+      </c>
+      <c r="M32">
+        <v>4</v>
+      </c>
+      <c r="N32">
+        <v>5</v>
+      </c>
+      <c r="O32" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33">
+        <v>67</v>
+      </c>
+      <c r="B33" t="s">
+        <v>313</v>
+      </c>
+      <c r="C33" t="s">
+        <v>314</v>
+      </c>
+      <c r="D33" t="s">
+        <v>315</v>
+      </c>
+      <c r="E33">
+        <v>697122468</v>
+      </c>
+      <c r="F33" t="s">
+        <v>316</v>
+      </c>
+      <c r="G33">
+        <v>2</v>
+      </c>
+      <c r="H33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>6</v>
+      </c>
+      <c r="J33">
+        <v>5</v>
+      </c>
+      <c r="K33">
+        <v>4</v>
+      </c>
+      <c r="L33">
+        <v>7</v>
+      </c>
+      <c r="M33">
+        <v>3</v>
+      </c>
+      <c r="N33">
+        <v>8</v>
+      </c>
+      <c r="O33" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34">
+        <v>68</v>
+      </c>
+      <c r="B34" t="s">
+        <v>317</v>
+      </c>
+      <c r="C34" t="s">
+        <v>318</v>
+      </c>
+      <c r="D34" t="s">
+        <v>319</v>
+      </c>
+      <c r="E34">
+        <v>685016316</v>
+      </c>
+      <c r="F34" t="s">
+        <v>320</v>
+      </c>
+      <c r="G34">
+        <v>7</v>
+      </c>
+      <c r="H34">
+        <v>3</v>
+      </c>
+      <c r="I34">
+        <v>1</v>
+      </c>
+      <c r="J34">
+        <v>2</v>
+      </c>
+      <c r="K34">
+        <v>4</v>
+      </c>
+      <c r="L34">
+        <v>8</v>
+      </c>
+      <c r="M34">
+        <v>5</v>
+      </c>
+      <c r="N34">
+        <v>6</v>
+      </c>
+      <c r="O34" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35">
+        <v>69</v>
+      </c>
+      <c r="B35" t="s">
+        <v>321</v>
+      </c>
+      <c r="C35" t="s">
+        <v>322</v>
+      </c>
+      <c r="D35" t="s">
+        <v>323</v>
+      </c>
+      <c r="E35">
+        <v>641849752</v>
+      </c>
+      <c r="F35" t="s">
+        <v>324</v>
+      </c>
+      <c r="G35">
+        <v>3</v>
+      </c>
+      <c r="H35">
+        <v>2</v>
+      </c>
+      <c r="I35">
+        <v>1</v>
+      </c>
+      <c r="O35" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36">
+        <v>70</v>
+      </c>
+      <c r="B36" t="s">
+        <v>325</v>
+      </c>
+      <c r="C36" t="s">
+        <v>326</v>
+      </c>
+      <c r="D36" t="s">
+        <v>327</v>
+      </c>
+      <c r="E36">
+        <v>655330868</v>
+      </c>
+      <c r="F36" t="s">
+        <v>328</v>
+      </c>
+      <c r="G36">
+        <v>3</v>
+      </c>
+      <c r="H36">
+        <v>4</v>
+      </c>
+      <c r="I36">
+        <v>1</v>
+      </c>
+      <c r="J36">
+        <v>2</v>
+      </c>
+      <c r="K36">
+        <v>5</v>
+      </c>
+      <c r="O36" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37">
+        <v>71</v>
+      </c>
+      <c r="B37" t="s">
+        <v>329</v>
+      </c>
+      <c r="C37" t="s">
+        <v>330</v>
+      </c>
+      <c r="D37" t="s">
+        <v>331</v>
+      </c>
+      <c r="E37">
+        <v>677727590</v>
+      </c>
+      <c r="F37" t="s">
+        <v>332</v>
+      </c>
+      <c r="G37">
+        <v>5</v>
+      </c>
+      <c r="H37">
+        <v>4</v>
+      </c>
+      <c r="I37">
+        <v>7</v>
+      </c>
+      <c r="J37">
+        <v>8</v>
+      </c>
+      <c r="K37">
+        <v>3</v>
+      </c>
+      <c r="L37">
+        <v>1</v>
+      </c>
+      <c r="M37">
+        <v>2</v>
+      </c>
+      <c r="N37">
+        <v>6</v>
+      </c>
+      <c r="O37" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38">
+        <v>72</v>
+      </c>
+      <c r="B38" t="s">
+        <v>333</v>
+      </c>
+      <c r="C38" t="s">
+        <v>334</v>
+      </c>
+      <c r="D38" t="s">
+        <v>335</v>
+      </c>
+      <c r="E38">
+        <v>622586414</v>
+      </c>
+      <c r="F38" t="s">
+        <v>336</v>
+      </c>
+      <c r="G38">
+        <v>4</v>
+      </c>
+      <c r="H38">
+        <v>5</v>
+      </c>
+      <c r="I38">
+        <v>1</v>
+      </c>
+      <c r="J38">
+        <v>8</v>
+      </c>
+      <c r="K38">
+        <v>6</v>
+      </c>
+      <c r="L38">
+        <v>7</v>
+      </c>
+      <c r="M38">
+        <v>2</v>
+      </c>
+      <c r="N38">
+        <v>3</v>
+      </c>
+      <c r="O38" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39">
+        <v>74</v>
+      </c>
+      <c r="B39" t="s">
+        <v>337</v>
+      </c>
+      <c r="C39" t="s">
+        <v>338</v>
+      </c>
+      <c r="D39" t="s">
+        <v>339</v>
+      </c>
+      <c r="E39">
+        <v>616405700</v>
+      </c>
+      <c r="F39" t="s">
+        <v>340</v>
+      </c>
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="H39">
+        <v>2</v>
+      </c>
+      <c r="I39">
+        <v>4</v>
+      </c>
+      <c r="J39">
+        <v>8</v>
+      </c>
+      <c r="K39">
+        <v>7</v>
+      </c>
+      <c r="L39">
+        <v>5</v>
+      </c>
+      <c r="M39">
+        <v>6</v>
+      </c>
+      <c r="N39">
+        <v>3</v>
+      </c>
+      <c r="O39" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40">
+        <v>75</v>
+      </c>
+      <c r="B40" t="s">
+        <v>341</v>
+      </c>
+      <c r="C40" t="s">
+        <v>342</v>
+      </c>
+      <c r="D40" t="s">
+        <v>343</v>
+      </c>
+      <c r="E40">
+        <v>644495505</v>
+      </c>
+      <c r="F40" t="s">
+        <v>344</v>
+      </c>
+      <c r="G40">
+        <v>2</v>
+      </c>
+      <c r="H40">
+        <v>3</v>
+      </c>
+      <c r="I40">
+        <v>1</v>
+      </c>
+      <c r="J40">
+        <v>4</v>
+      </c>
+      <c r="O40" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41">
+        <v>76</v>
+      </c>
+      <c r="B41" t="s">
+        <v>345</v>
+      </c>
+      <c r="C41" t="s">
+        <v>346</v>
+      </c>
+      <c r="D41" t="s">
+        <v>347</v>
+      </c>
+      <c r="E41">
+        <v>692380625</v>
+      </c>
+      <c r="F41" t="s">
+        <v>348</v>
+      </c>
+      <c r="N41">
+        <v>1</v>
+      </c>
+      <c r="O41" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42">
+        <v>77</v>
+      </c>
+      <c r="B42" t="s">
+        <v>349</v>
+      </c>
+      <c r="C42" t="s">
+        <v>350</v>
+      </c>
+      <c r="D42" t="s">
+        <v>351</v>
+      </c>
+      <c r="E42">
+        <v>606737128</v>
+      </c>
+      <c r="F42" t="s">
+        <v>352</v>
+      </c>
+      <c r="G42">
+        <v>1</v>
+      </c>
+      <c r="H42">
+        <v>2</v>
+      </c>
+      <c r="K42">
+        <v>3</v>
+      </c>
+      <c r="L42">
+        <v>4</v>
+      </c>
+      <c r="O42" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43">
+        <v>78</v>
+      </c>
+      <c r="B43" t="s">
+        <v>353</v>
+      </c>
+      <c r="C43" t="s">
+        <v>338</v>
+      </c>
+      <c r="D43" t="s">
+        <v>354</v>
+      </c>
+      <c r="E43">
+        <v>622188890</v>
+      </c>
+      <c r="F43" t="s">
+        <v>355</v>
+      </c>
+      <c r="G43">
+        <v>3</v>
+      </c>
+      <c r="H43">
+        <v>2</v>
+      </c>
+      <c r="I43">
+        <v>1</v>
+      </c>
+      <c r="J43">
+        <v>4</v>
+      </c>
+      <c r="K43">
+        <v>5</v>
+      </c>
+      <c r="L43">
+        <v>8</v>
+      </c>
+      <c r="M43">
+        <v>6</v>
+      </c>
+      <c r="N43">
+        <v>7</v>
+      </c>
+      <c r="O43" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44">
+        <v>79</v>
+      </c>
+      <c r="B44" t="s">
+        <v>356</v>
+      </c>
+      <c r="C44" t="s">
+        <v>207</v>
+      </c>
+      <c r="D44" t="s">
+        <v>357</v>
+      </c>
+      <c r="E44">
+        <v>611487258</v>
+      </c>
+      <c r="F44" t="s">
+        <v>358</v>
+      </c>
+      <c r="G44">
+        <v>2</v>
+      </c>
+      <c r="H44">
+        <v>3</v>
+      </c>
+      <c r="I44">
+        <v>1</v>
+      </c>
+      <c r="J44">
+        <v>5</v>
+      </c>
+      <c r="K44">
+        <v>6</v>
+      </c>
+      <c r="L44">
+        <v>8</v>
+      </c>
+      <c r="M44">
+        <v>7</v>
+      </c>
+      <c r="N44">
+        <v>4</v>
+      </c>
+      <c r="O44" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45">
+        <v>80</v>
+      </c>
+      <c r="B45" t="s">
+        <v>359</v>
+      </c>
+      <c r="C45" t="s">
+        <v>360</v>
+      </c>
+      <c r="D45" t="s">
+        <v>361</v>
+      </c>
+      <c r="E45">
+        <v>698128381</v>
+      </c>
+      <c r="F45" t="s">
+        <v>362</v>
+      </c>
+      <c r="G45">
+        <v>3</v>
+      </c>
+      <c r="H45">
+        <v>2</v>
+      </c>
+      <c r="I45">
+        <v>1</v>
+      </c>
+      <c r="J45">
+        <v>4</v>
+      </c>
+      <c r="K45">
+        <v>7</v>
+      </c>
+      <c r="L45">
+        <v>8</v>
+      </c>
+      <c r="M45">
+        <v>5</v>
+      </c>
+      <c r="N45">
+        <v>6</v>
+      </c>
+      <c r="O45" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46">
+        <v>81</v>
+      </c>
+      <c r="B46" t="s">
+        <v>363</v>
+      </c>
+      <c r="C46" t="s">
+        <v>149</v>
+      </c>
+      <c r="D46" t="s">
+        <v>364</v>
+      </c>
+      <c r="E46">
+        <v>646689103</v>
+      </c>
+      <c r="F46" t="s">
+        <v>365</v>
+      </c>
+      <c r="G46">
+        <v>1</v>
+      </c>
+      <c r="H46">
+        <v>2</v>
+      </c>
+      <c r="I46">
+        <v>3</v>
+      </c>
+      <c r="J46">
+        <v>4</v>
+      </c>
+      <c r="K46">
+        <v>8</v>
+      </c>
+      <c r="L46">
+        <v>7</v>
+      </c>
+      <c r="M46">
+        <v>5</v>
+      </c>
+      <c r="N46">
+        <v>6</v>
+      </c>
+      <c r="O46" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47">
+        <v>82</v>
+      </c>
+      <c r="B47" t="s">
+        <v>366</v>
+      </c>
+      <c r="C47" t="s">
+        <v>207</v>
+      </c>
+      <c r="D47" t="s">
+        <v>367</v>
+      </c>
+      <c r="E47">
+        <v>658153929</v>
+      </c>
+      <c r="F47" t="s">
+        <v>368</v>
+      </c>
+      <c r="G47">
+        <v>3</v>
+      </c>
+      <c r="H47">
+        <v>4</v>
+      </c>
+      <c r="I47">
+        <v>7</v>
+      </c>
+      <c r="J47">
+        <v>6</v>
+      </c>
+      <c r="K47">
+        <v>8</v>
+      </c>
+      <c r="L47">
+        <v>5</v>
+      </c>
+      <c r="M47">
+        <v>2</v>
+      </c>
+      <c r="N47">
+        <v>1</v>
+      </c>
+      <c r="O47" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48">
+        <v>83</v>
+      </c>
+      <c r="B48" t="s">
+        <v>369</v>
+      </c>
+      <c r="C48" t="s">
+        <v>370</v>
+      </c>
+      <c r="D48" t="s">
+        <v>371</v>
+      </c>
+      <c r="F48" t="s">
+        <v>372</v>
+      </c>
+      <c r="G48">
+        <v>1</v>
+      </c>
+      <c r="H48">
+        <v>2</v>
+      </c>
+      <c r="O48" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49">
+        <v>84</v>
+      </c>
+      <c r="B49" t="s">
+        <v>373</v>
+      </c>
+      <c r="C49" t="s">
+        <v>374</v>
+      </c>
+      <c r="D49" t="s">
+        <v>375</v>
+      </c>
+      <c r="E49">
+        <v>626213560</v>
+      </c>
+      <c r="F49" t="s">
+        <v>376</v>
+      </c>
+      <c r="G49">
+        <v>2</v>
+      </c>
+      <c r="H49">
+        <v>5</v>
+      </c>
+      <c r="I49">
+        <v>3</v>
+      </c>
+      <c r="J49">
+        <v>8</v>
+      </c>
+      <c r="K49">
+        <v>1</v>
+      </c>
+      <c r="L49">
+        <v>6</v>
+      </c>
+      <c r="M49">
+        <v>4</v>
+      </c>
+      <c r="N49">
+        <v>7</v>
+      </c>
+      <c r="O49" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50">
+        <v>85</v>
+      </c>
+      <c r="B50" t="s">
+        <v>377</v>
+      </c>
+      <c r="C50" t="s">
+        <v>251</v>
+      </c>
+      <c r="D50" t="s">
+        <v>378</v>
+      </c>
+      <c r="E50">
+        <v>697389337</v>
+      </c>
+      <c r="F50" t="s">
+        <v>379</v>
+      </c>
+      <c r="G50">
+        <v>3</v>
+      </c>
+      <c r="H50">
+        <v>2</v>
+      </c>
+      <c r="I50">
+        <v>4</v>
+      </c>
+      <c r="J50">
+        <v>8</v>
+      </c>
+      <c r="K50">
+        <v>7</v>
+      </c>
+      <c r="L50">
+        <v>5</v>
+      </c>
+      <c r="M50">
+        <v>1</v>
+      </c>
+      <c r="N50">
+        <v>6</v>
+      </c>
+      <c r="O50" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51">
+        <v>86</v>
+      </c>
+      <c r="B51" t="s">
+        <v>380</v>
+      </c>
+      <c r="C51" t="s">
+        <v>381</v>
+      </c>
+      <c r="D51" t="s">
+        <v>382</v>
+      </c>
+      <c r="E51">
+        <v>677735108</v>
+      </c>
+      <c r="F51" t="s">
+        <v>383</v>
+      </c>
+      <c r="G51">
+        <v>4</v>
+      </c>
+      <c r="H51">
+        <v>5</v>
+      </c>
+      <c r="I51">
+        <v>2</v>
+      </c>
+      <c r="J51">
+        <v>3</v>
+      </c>
+      <c r="K51">
+        <v>1</v>
+      </c>
+      <c r="L51">
+        <v>6</v>
+      </c>
+      <c r="M51">
+        <v>7</v>
+      </c>
+      <c r="N51">
+        <v>8</v>
+      </c>
+      <c r="O51" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52">
+        <v>87</v>
+      </c>
+      <c r="B52" t="s">
+        <v>384</v>
+      </c>
+      <c r="C52" t="s">
+        <v>385</v>
+      </c>
+      <c r="D52" t="s">
+        <v>386</v>
+      </c>
+      <c r="E52">
+        <v>673212187</v>
+      </c>
+      <c r="F52" t="s">
+        <v>387</v>
+      </c>
+      <c r="G52">
+        <v>5</v>
+      </c>
+      <c r="H52">
+        <v>3</v>
+      </c>
+      <c r="I52">
+        <v>6</v>
+      </c>
+      <c r="J52">
+        <v>8</v>
+      </c>
+      <c r="K52">
+        <v>7</v>
+      </c>
+      <c r="L52">
+        <v>4</v>
+      </c>
+      <c r="M52">
+        <v>2</v>
+      </c>
+      <c r="N52">
+        <v>1</v>
+      </c>
+      <c r="O52" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53">
+        <v>88</v>
+      </c>
+      <c r="B53" t="s">
+        <v>388</v>
+      </c>
+      <c r="C53" t="s">
+        <v>389</v>
+      </c>
+      <c r="D53" t="s">
+        <v>390</v>
+      </c>
+      <c r="E53">
+        <v>618496289</v>
+      </c>
+      <c r="F53" t="s">
+        <v>391</v>
+      </c>
+      <c r="G53">
+        <v>1</v>
+      </c>
+      <c r="H53">
+        <v>2</v>
+      </c>
+      <c r="I53">
+        <v>4</v>
+      </c>
+      <c r="J53">
+        <v>7</v>
+      </c>
+      <c r="L53">
+        <v>6</v>
+      </c>
+      <c r="M53">
+        <v>5</v>
+      </c>
+      <c r="N53">
+        <v>3</v>
+      </c>
+      <c r="O53" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54">
+        <v>89</v>
+      </c>
+      <c r="B54" t="s">
+        <v>392</v>
+      </c>
+      <c r="C54" t="s">
+        <v>393</v>
+      </c>
+      <c r="D54" t="s">
+        <v>394</v>
+      </c>
+      <c r="E54">
+        <v>663474457</v>
+      </c>
+      <c r="F54" t="s">
+        <v>395</v>
+      </c>
+      <c r="G54">
+        <v>4</v>
+      </c>
+      <c r="H54">
+        <v>3</v>
+      </c>
+      <c r="I54">
+        <v>5</v>
+      </c>
+      <c r="J54">
+        <v>8</v>
+      </c>
+      <c r="K54">
+        <v>7</v>
+      </c>
+      <c r="L54">
+        <v>6</v>
+      </c>
+      <c r="M54">
+        <v>2</v>
+      </c>
+      <c r="N54">
+        <v>1</v>
+      </c>
+      <c r="O54" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55">
+        <v>90</v>
+      </c>
+      <c r="B55" t="s">
+        <v>349</v>
+      </c>
+      <c r="C55" t="s">
+        <v>350</v>
+      </c>
+      <c r="D55" t="s">
+        <v>351</v>
+      </c>
+      <c r="E55">
+        <v>606737128</v>
+      </c>
+      <c r="F55" t="s">
+        <v>352</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55">
+        <v>2</v>
+      </c>
+      <c r="K55">
+        <v>3</v>
+      </c>
+      <c r="L55">
+        <v>4</v>
+      </c>
+      <c r="O55" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56">
+        <v>91</v>
+      </c>
+      <c r="B56" t="s">
+        <v>396</v>
+      </c>
+      <c r="C56" t="s">
+        <v>397</v>
+      </c>
+      <c r="D56" t="s">
+        <v>398</v>
+      </c>
+      <c r="E56">
+        <v>619272195</v>
+      </c>
+      <c r="F56" t="s">
+        <v>399</v>
+      </c>
+      <c r="M56">
+        <v>1</v>
+      </c>
+      <c r="O56" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57">
+        <v>92</v>
+      </c>
+      <c r="B57" t="s">
+        <v>400</v>
+      </c>
+      <c r="C57" t="s">
+        <v>251</v>
+      </c>
+      <c r="D57" t="s">
+        <v>401</v>
+      </c>
+      <c r="E57">
+        <v>616229584</v>
+      </c>
+      <c r="F57" t="s">
+        <v>402</v>
+      </c>
+      <c r="G57">
+        <v>2</v>
+      </c>
+      <c r="H57">
+        <v>1</v>
+      </c>
+      <c r="I57">
+        <v>3</v>
+      </c>
+      <c r="J57">
+        <v>4</v>
+      </c>
+      <c r="K57">
+        <v>8</v>
+      </c>
+      <c r="L57">
+        <v>6</v>
+      </c>
+      <c r="M57">
+        <v>5</v>
+      </c>
+      <c r="N57">
+        <v>7</v>
+      </c>
+      <c r="O57" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58">
+        <v>93</v>
+      </c>
+      <c r="B58" t="s">
+        <v>403</v>
+      </c>
+      <c r="C58" t="s">
+        <v>404</v>
+      </c>
+      <c r="D58" t="s">
+        <v>405</v>
+      </c>
+      <c r="E58">
+        <v>640503277</v>
+      </c>
+      <c r="F58" t="s">
+        <v>406</v>
+      </c>
+      <c r="G58">
+        <v>5</v>
+      </c>
+      <c r="H58">
+        <v>6</v>
+      </c>
+      <c r="I58">
+        <v>8</v>
+      </c>
+      <c r="J58">
+        <v>4</v>
+      </c>
+      <c r="K58">
+        <v>2</v>
+      </c>
+      <c r="L58">
+        <v>1</v>
+      </c>
+      <c r="M58">
+        <v>3</v>
+      </c>
+      <c r="N58">
+        <v>7</v>
+      </c>
+      <c r="O58" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59">
+        <v>94</v>
+      </c>
+      <c r="B59" t="s">
+        <v>407</v>
+      </c>
+      <c r="C59" t="s">
+        <v>271</v>
+      </c>
+      <c r="D59" t="s">
+        <v>408</v>
+      </c>
+      <c r="E59">
+        <v>648130251</v>
+      </c>
+      <c r="F59" t="s">
+        <v>409</v>
+      </c>
+      <c r="G59">
+        <v>3</v>
+      </c>
+      <c r="H59">
+        <v>4</v>
+      </c>
+      <c r="I59">
+        <v>2</v>
+      </c>
+      <c r="J59">
+        <v>1</v>
+      </c>
+      <c r="K59">
+        <v>5</v>
+      </c>
+      <c r="L59">
+        <v>8</v>
+      </c>
+      <c r="M59">
+        <v>6</v>
+      </c>
+      <c r="N59">
+        <v>7</v>
+      </c>
+      <c r="O59" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60">
+        <v>95</v>
+      </c>
+      <c r="B60" t="s">
+        <v>410</v>
+      </c>
+      <c r="C60" t="s">
+        <v>411</v>
+      </c>
+      <c r="D60" t="s">
+        <v>412</v>
+      </c>
+      <c r="E60">
+        <v>600230834</v>
+      </c>
+      <c r="F60" t="s">
+        <v>413</v>
+      </c>
+      <c r="G60">
+        <v>2</v>
+      </c>
+      <c r="H60">
+        <v>1</v>
+      </c>
+      <c r="I60">
+        <v>3</v>
+      </c>
+      <c r="J60">
+        <v>8</v>
+      </c>
+      <c r="K60">
+        <v>7</v>
+      </c>
+      <c r="L60">
+        <v>6</v>
+      </c>
+      <c r="M60">
+        <v>4</v>
+      </c>
+      <c r="N60">
+        <v>5</v>
+      </c>
+      <c r="O60" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61">
+        <v>96</v>
+      </c>
+      <c r="B61" t="s">
+        <v>414</v>
+      </c>
+      <c r="C61" t="s">
+        <v>415</v>
+      </c>
+      <c r="D61" t="s">
+        <v>416</v>
+      </c>
+      <c r="E61">
+        <v>722484832</v>
+      </c>
+      <c r="F61" t="s">
+        <v>417</v>
+      </c>
+      <c r="G61">
+        <v>1</v>
+      </c>
+      <c r="H61">
+        <v>2</v>
+      </c>
+      <c r="I61">
+        <v>5</v>
+      </c>
+      <c r="J61">
+        <v>8</v>
+      </c>
+      <c r="K61">
+        <v>3</v>
+      </c>
+      <c r="L61">
+        <v>4</v>
+      </c>
+      <c r="M61">
+        <v>6</v>
+      </c>
+      <c r="N61">
+        <v>7</v>
+      </c>
+      <c r="O61" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62">
+        <v>97</v>
+      </c>
+      <c r="B62" t="s">
+        <v>418</v>
+      </c>
+      <c r="C62" t="s">
+        <v>419</v>
+      </c>
+      <c r="D62" t="s">
+        <v>420</v>
+      </c>
+      <c r="E62">
+        <v>697274692</v>
+      </c>
+      <c r="F62" t="s">
+        <v>421</v>
+      </c>
+      <c r="G62">
+        <v>6</v>
+      </c>
+      <c r="H62">
+        <v>5</v>
+      </c>
+      <c r="I62">
+        <v>7</v>
+      </c>
+      <c r="J62">
+        <v>8</v>
+      </c>
+      <c r="K62">
+        <v>4</v>
+      </c>
+      <c r="L62">
+        <v>3</v>
+      </c>
+      <c r="M62">
+        <v>2</v>
+      </c>
+      <c r="N62">
+        <v>1</v>
+      </c>
+      <c r="O62" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63">
+        <v>98</v>
+      </c>
+      <c r="B63" t="s">
+        <v>422</v>
+      </c>
+      <c r="C63" t="s">
+        <v>423</v>
+      </c>
+      <c r="D63" t="s">
+        <v>424</v>
+      </c>
+      <c r="E63">
+        <v>637127014</v>
+      </c>
+      <c r="F63" t="s">
+        <v>425</v>
+      </c>
+      <c r="G63">
+        <v>2</v>
+      </c>
+      <c r="H63">
+        <v>3</v>
+      </c>
+      <c r="I63">
+        <v>4</v>
+      </c>
+      <c r="J63">
+        <v>7</v>
+      </c>
+      <c r="K63">
+        <v>1</v>
+      </c>
+      <c r="L63">
+        <v>5</v>
+      </c>
+      <c r="M63">
+        <v>8</v>
+      </c>
+      <c r="N63">
+        <v>6</v>
+      </c>
+      <c r="O63" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64">
+        <v>99</v>
+      </c>
+      <c r="B64" t="s">
+        <v>426</v>
+      </c>
+      <c r="C64" t="s">
+        <v>427</v>
+      </c>
+      <c r="D64" t="s">
+        <v>428</v>
+      </c>
+      <c r="E64">
+        <v>673305141</v>
+      </c>
+      <c r="F64" t="s">
+        <v>429</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
+      <c r="H64">
+        <v>2</v>
+      </c>
+      <c r="I64">
+        <v>5</v>
+      </c>
+      <c r="J64">
+        <v>4</v>
+      </c>
+      <c r="K64">
+        <v>6</v>
+      </c>
+      <c r="L64">
+        <v>7</v>
+      </c>
+      <c r="M64">
+        <v>8</v>
+      </c>
+      <c r="N64">
+        <v>3</v>
+      </c>
+      <c r="O64" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65">
+        <v>100</v>
+      </c>
+      <c r="B65" t="s">
+        <v>430</v>
+      </c>
+      <c r="C65" t="s">
+        <v>431</v>
+      </c>
+      <c r="D65" t="s">
+        <v>432</v>
+      </c>
+      <c r="E65">
+        <v>699636796</v>
+      </c>
+      <c r="F65" t="s">
+        <v>433</v>
+      </c>
+      <c r="G65">
+        <v>3</v>
+      </c>
+      <c r="H65">
+        <v>5</v>
+      </c>
+      <c r="I65">
+        <v>2</v>
+      </c>
+      <c r="J65">
+        <v>1</v>
+      </c>
+      <c r="K65">
+        <v>4</v>
+      </c>
+      <c r="L65">
+        <v>6</v>
+      </c>
+      <c r="M65">
+        <v>8</v>
+      </c>
+      <c r="N65">
+        <v>7</v>
+      </c>
+      <c r="O65" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66">
+        <v>101</v>
+      </c>
+      <c r="B66" t="s">
+        <v>434</v>
+      </c>
+      <c r="C66" t="s">
+        <v>65</v>
+      </c>
+      <c r="D66" t="s">
+        <v>435</v>
+      </c>
+      <c r="E66">
+        <v>688920089</v>
+      </c>
+      <c r="F66" t="s">
+        <v>436</v>
+      </c>
+      <c r="G66">
+        <v>1</v>
+      </c>
+      <c r="H66">
+        <v>2</v>
+      </c>
+      <c r="O66" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67">
+        <v>102</v>
+      </c>
+      <c r="B67" t="s">
+        <v>437</v>
+      </c>
+      <c r="C67" t="s">
+        <v>438</v>
+      </c>
+      <c r="D67" t="s">
+        <v>439</v>
+      </c>
+      <c r="E67">
+        <v>650110315</v>
+      </c>
+      <c r="F67" t="s">
+        <v>440</v>
+      </c>
+      <c r="G67">
+        <v>2</v>
+      </c>
+      <c r="H67">
+        <v>1</v>
+      </c>
+      <c r="I67">
+        <v>3</v>
+      </c>
+      <c r="J67">
+        <v>8</v>
+      </c>
+      <c r="K67">
+        <v>6</v>
+      </c>
+      <c r="L67">
+        <v>7</v>
+      </c>
+      <c r="M67">
+        <v>4</v>
+      </c>
+      <c r="N67">
+        <v>5</v>
+      </c>
+      <c r="O67" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68">
+        <v>103</v>
+      </c>
+      <c r="B68" t="s">
+        <v>441</v>
+      </c>
+      <c r="C68" t="s">
+        <v>442</v>
+      </c>
+      <c r="D68" t="s">
+        <v>443</v>
+      </c>
+      <c r="E68">
+        <v>693419268</v>
+      </c>
+      <c r="F68" t="s">
+        <v>444</v>
+      </c>
+      <c r="G68">
+        <v>4</v>
+      </c>
+      <c r="H68">
+        <v>3</v>
+      </c>
+      <c r="I68">
+        <v>5</v>
+      </c>
+      <c r="J68">
+        <v>8</v>
+      </c>
+      <c r="K68">
+        <v>7</v>
+      </c>
+      <c r="L68">
+        <v>6</v>
+      </c>
+      <c r="M68">
+        <v>1</v>
+      </c>
+      <c r="N68">
+        <v>2</v>
+      </c>
+      <c r="O68" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69">
+        <v>104</v>
+      </c>
+      <c r="B69" t="s">
+        <v>445</v>
+      </c>
+      <c r="C69" t="s">
+        <v>446</v>
+      </c>
+      <c r="D69" t="s">
+        <v>447</v>
+      </c>
+      <c r="E69">
+        <v>698153262</v>
+      </c>
+      <c r="F69" t="s">
+        <v>448</v>
+      </c>
+      <c r="G69">
+        <v>1</v>
+      </c>
+      <c r="H69">
+        <v>3</v>
+      </c>
+      <c r="I69">
+        <v>2</v>
+      </c>
+      <c r="J69">
+        <v>8</v>
+      </c>
+      <c r="K69">
+        <v>6</v>
+      </c>
+      <c r="L69">
+        <v>7</v>
+      </c>
+      <c r="M69">
+        <v>4</v>
+      </c>
+      <c r="N69">
+        <v>5</v>
+      </c>
+      <c r="O69" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70">
+        <v>105</v>
+      </c>
+      <c r="B70" t="s">
+        <v>449</v>
+      </c>
+      <c r="C70" t="s">
+        <v>450</v>
+      </c>
+      <c r="D70" t="s">
+        <v>451</v>
+      </c>
+      <c r="E70">
+        <v>630769448</v>
+      </c>
+      <c r="F70" t="s">
+        <v>452</v>
+      </c>
+      <c r="G70">
+        <v>3</v>
+      </c>
+      <c r="H70">
+        <v>2</v>
+      </c>
+      <c r="I70">
+        <v>1</v>
+      </c>
+      <c r="J70">
+        <v>8</v>
+      </c>
+      <c r="K70">
+        <v>6</v>
+      </c>
+      <c r="L70">
+        <v>5</v>
+      </c>
+      <c r="M70">
+        <v>4</v>
+      </c>
+      <c r="N70">
+        <v>7</v>
+      </c>
+      <c r="O70" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71">
+        <v>106</v>
+      </c>
+      <c r="B71" t="s">
+        <v>453</v>
+      </c>
+      <c r="C71" t="s">
+        <v>454</v>
+      </c>
+      <c r="D71" t="s">
+        <v>455</v>
+      </c>
+      <c r="E71">
+        <v>663438021</v>
+      </c>
+      <c r="F71" t="s">
+        <v>456</v>
+      </c>
+      <c r="G71">
+        <v>4</v>
+      </c>
+      <c r="H71">
+        <v>3</v>
+      </c>
+      <c r="I71">
+        <v>6</v>
+      </c>
+      <c r="J71">
+        <v>8</v>
+      </c>
+      <c r="K71">
+        <v>7</v>
+      </c>
+      <c r="L71">
+        <v>5</v>
+      </c>
+      <c r="M71">
+        <v>1</v>
+      </c>
+      <c r="N71">
+        <v>2</v>
+      </c>
+      <c r="O71" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72">
+        <v>107</v>
+      </c>
+      <c r="B72" t="s">
+        <v>457</v>
+      </c>
+      <c r="C72" t="s">
+        <v>458</v>
+      </c>
+      <c r="D72" t="s">
+        <v>459</v>
+      </c>
+      <c r="E72">
+        <v>660174457</v>
+      </c>
+      <c r="F72" t="s">
+        <v>460</v>
+      </c>
+      <c r="G72">
+        <v>6</v>
+      </c>
+      <c r="H72">
+        <v>4</v>
+      </c>
+      <c r="I72">
+        <v>8</v>
+      </c>
+      <c r="J72">
+        <v>3</v>
+      </c>
+      <c r="K72">
+        <v>2</v>
+      </c>
+      <c r="L72">
+        <v>1</v>
+      </c>
+      <c r="M72">
+        <v>5</v>
+      </c>
+      <c r="N72">
+        <v>7</v>
+      </c>
+      <c r="O72" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73">
+        <v>108</v>
+      </c>
+      <c r="B73" t="s">
+        <v>461</v>
+      </c>
+      <c r="C73" t="s">
+        <v>462</v>
+      </c>
+      <c r="D73" t="s">
+        <v>463</v>
+      </c>
+      <c r="E73">
+        <v>600624951</v>
+      </c>
+      <c r="F73" t="s">
+        <v>464</v>
+      </c>
+      <c r="G73">
+        <v>3</v>
+      </c>
+      <c r="H73">
+        <v>5</v>
+      </c>
+      <c r="I73">
+        <v>4</v>
+      </c>
+      <c r="J73">
+        <v>8</v>
+      </c>
+      <c r="K73">
+        <v>1</v>
+      </c>
+      <c r="L73">
+        <v>6</v>
+      </c>
+      <c r="M73">
+        <v>2</v>
+      </c>
+      <c r="N73">
+        <v>7</v>
+      </c>
+      <c r="O73" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74">
+        <v>109</v>
+      </c>
+      <c r="B74" t="s">
+        <v>465</v>
+      </c>
+      <c r="C74" t="s">
+        <v>37</v>
+      </c>
+      <c r="D74" t="s">
+        <v>466</v>
+      </c>
+      <c r="E74">
+        <v>651075924</v>
+      </c>
+      <c r="F74" t="s">
+        <v>467</v>
+      </c>
+      <c r="G74">
+        <v>3</v>
+      </c>
+      <c r="H74">
+        <v>4</v>
+      </c>
+      <c r="I74">
+        <v>1</v>
+      </c>
+      <c r="J74">
+        <v>2</v>
+      </c>
+      <c r="K74">
+        <v>5</v>
+      </c>
+      <c r="L74">
+        <v>7</v>
+      </c>
+      <c r="M74">
+        <v>6</v>
+      </c>
+      <c r="N74">
+        <v>8</v>
+      </c>
+      <c r="O74" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75">
+        <v>110</v>
+      </c>
+      <c r="B75" t="s">
+        <v>468</v>
+      </c>
+      <c r="C75" t="s">
+        <v>469</v>
+      </c>
+      <c r="D75" t="s">
+        <v>470</v>
+      </c>
+      <c r="E75">
+        <v>629403787</v>
+      </c>
+      <c r="F75" t="s">
+        <v>471</v>
+      </c>
+      <c r="G75">
+        <v>5</v>
+      </c>
+      <c r="H75">
+        <v>2</v>
+      </c>
+      <c r="I75">
+        <v>6</v>
+      </c>
+      <c r="J75">
+        <v>3</v>
+      </c>
+      <c r="K75">
+        <v>4</v>
+      </c>
+      <c r="L75">
+        <v>8</v>
+      </c>
+      <c r="M75">
+        <v>7</v>
+      </c>
+      <c r="N75">
+        <v>1</v>
+      </c>
+      <c r="O75" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76">
+        <v>111</v>
+      </c>
+      <c r="B76" t="s">
+        <v>472</v>
+      </c>
+      <c r="C76" t="s">
+        <v>473</v>
+      </c>
+      <c r="D76" t="s">
+        <v>474</v>
+      </c>
+      <c r="E76">
+        <v>600035480</v>
+      </c>
+      <c r="F76" t="s">
+        <v>475</v>
+      </c>
+      <c r="G76">
+        <v>3</v>
+      </c>
+      <c r="H76">
+        <v>4</v>
+      </c>
+      <c r="I76">
+        <v>2</v>
+      </c>
+      <c r="J76">
+        <v>1</v>
+      </c>
+      <c r="K76">
+        <v>6</v>
+      </c>
+      <c r="L76">
+        <v>8</v>
+      </c>
+      <c r="M76">
+        <v>7</v>
+      </c>
+      <c r="N76">
+        <v>5</v>
+      </c>
+      <c r="O76" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77">
+        <v>112</v>
+      </c>
+      <c r="B77" t="s">
+        <v>476</v>
+      </c>
+      <c r="C77" t="s">
+        <v>477</v>
+      </c>
+      <c r="D77" t="s">
+        <v>478</v>
+      </c>
+      <c r="E77">
+        <v>698108999</v>
+      </c>
+      <c r="F77" t="s">
+        <v>479</v>
+      </c>
+      <c r="G77">
+        <v>2</v>
+      </c>
+      <c r="H77">
+        <v>1</v>
+      </c>
+      <c r="I77">
+        <v>3</v>
+      </c>
+      <c r="J77">
+        <v>6</v>
+      </c>
+      <c r="K77">
+        <v>8</v>
+      </c>
+      <c r="L77">
+        <v>4</v>
+      </c>
+      <c r="M77">
+        <v>5</v>
+      </c>
+      <c r="N77">
+        <v>7</v>
+      </c>
+      <c r="O77" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78">
+        <v>113</v>
+      </c>
+      <c r="B78" t="s">
+        <v>480</v>
+      </c>
+      <c r="C78" t="s">
+        <v>481</v>
+      </c>
+      <c r="D78" t="s">
+        <v>482</v>
+      </c>
+      <c r="E78">
+        <v>695946104</v>
+      </c>
+      <c r="F78" t="s">
+        <v>483</v>
+      </c>
+      <c r="G78">
+        <v>2</v>
+      </c>
+      <c r="H78">
+        <v>1</v>
+      </c>
+      <c r="I78">
+        <v>3</v>
+      </c>
+      <c r="J78">
+        <v>8</v>
+      </c>
+      <c r="K78">
+        <v>6</v>
+      </c>
+      <c r="L78">
+        <v>7</v>
+      </c>
+      <c r="M78">
+        <v>5</v>
+      </c>
+      <c r="N78">
+        <v>4</v>
+      </c>
+      <c r="O78" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79">
+        <v>114</v>
+      </c>
+      <c r="B79" t="s">
+        <v>484</v>
+      </c>
+      <c r="C79" t="s">
+        <v>485</v>
+      </c>
+      <c r="D79" t="s">
+        <v>486</v>
+      </c>
+      <c r="E79">
+        <v>671050632</v>
+      </c>
+      <c r="F79" t="s">
+        <v>487</v>
+      </c>
+      <c r="G79">
+        <v>4</v>
+      </c>
+      <c r="H79">
+        <v>3</v>
+      </c>
+      <c r="I79">
+        <v>6</v>
+      </c>
+      <c r="J79">
+        <v>8</v>
+      </c>
+      <c r="K79">
+        <v>7</v>
+      </c>
+      <c r="L79">
+        <v>5</v>
+      </c>
+      <c r="M79">
+        <v>2</v>
+      </c>
+      <c r="N79">
+        <v>1</v>
+      </c>
+      <c r="O79" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80">
+        <v>115</v>
+      </c>
+      <c r="B80" t="s">
+        <v>488</v>
+      </c>
+      <c r="C80" t="s">
+        <v>489</v>
+      </c>
+      <c r="D80" t="s">
+        <v>490</v>
+      </c>
+      <c r="E80">
+        <v>685165519</v>
+      </c>
+      <c r="F80" t="s">
+        <v>491</v>
+      </c>
+      <c r="G80">
+        <v>4</v>
+      </c>
+      <c r="H80">
+        <v>3</v>
+      </c>
+      <c r="I80">
+        <v>6</v>
+      </c>
+      <c r="K80">
+        <v>7</v>
+      </c>
+      <c r="L80">
+        <v>5</v>
+      </c>
+      <c r="M80">
+        <v>2</v>
+      </c>
+      <c r="N80">
+        <v>1</v>
+      </c>
+      <c r="O80" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81">
+        <v>116</v>
+      </c>
+      <c r="B81" t="s">
+        <v>492</v>
+      </c>
+      <c r="C81" t="s">
+        <v>493</v>
+      </c>
+      <c r="D81" t="s">
+        <v>494</v>
+      </c>
+      <c r="E81">
+        <v>661244973</v>
+      </c>
+      <c r="F81" t="s">
+        <v>495</v>
+      </c>
+      <c r="G81">
+        <v>2</v>
+      </c>
+      <c r="H81">
+        <v>1</v>
+      </c>
+      <c r="I81">
+        <v>4</v>
+      </c>
+      <c r="J81">
+        <v>8</v>
+      </c>
+      <c r="K81">
+        <v>7</v>
+      </c>
+      <c r="L81">
+        <v>3</v>
+      </c>
+      <c r="M81">
+        <v>5</v>
+      </c>
+      <c r="N81">
+        <v>6</v>
+      </c>
+      <c r="O81" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82">
+        <v>117</v>
+      </c>
+      <c r="B82" t="s">
+        <v>496</v>
+      </c>
+      <c r="C82" t="s">
+        <v>497</v>
+      </c>
+      <c r="D82" t="s">
+        <v>498</v>
+      </c>
+      <c r="E82">
+        <v>603694238</v>
+      </c>
+      <c r="F82" t="s">
+        <v>499</v>
+      </c>
+      <c r="G82">
+        <v>1</v>
+      </c>
+      <c r="H82">
+        <v>2</v>
+      </c>
+      <c r="I82">
+        <v>5</v>
+      </c>
+      <c r="J82">
+        <v>4</v>
+      </c>
+      <c r="K82">
+        <v>8</v>
+      </c>
+      <c r="L82">
+        <v>7</v>
+      </c>
+      <c r="M82">
+        <v>6</v>
+      </c>
+      <c r="N82">
+        <v>3</v>
+      </c>
+      <c r="O82" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83">
+        <v>118</v>
+      </c>
+      <c r="B83" t="s">
+        <v>500</v>
+      </c>
+      <c r="C83" t="s">
+        <v>501</v>
+      </c>
+      <c r="D83" t="s">
+        <v>502</v>
+      </c>
+      <c r="E83">
+        <v>633957575</v>
+      </c>
+      <c r="F83" t="s">
+        <v>503</v>
+      </c>
+      <c r="L83">
+        <v>1</v>
+      </c>
+      <c r="O83" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84">
+        <v>119</v>
+      </c>
+      <c r="B84" t="s">
+        <v>504</v>
+      </c>
+      <c r="C84" t="s">
+        <v>251</v>
+      </c>
+      <c r="D84" t="s">
+        <v>505</v>
+      </c>
+      <c r="E84">
+        <v>615023896</v>
+      </c>
+      <c r="F84" t="s">
+        <v>506</v>
+      </c>
+      <c r="G84">
+        <v>3</v>
+      </c>
+      <c r="H84">
+        <v>2</v>
+      </c>
+      <c r="I84">
+        <v>1</v>
+      </c>
+      <c r="J84">
+        <v>4</v>
+      </c>
+      <c r="K84">
+        <v>8</v>
+      </c>
+      <c r="L84">
+        <v>5</v>
+      </c>
+      <c r="M84">
+        <v>6</v>
+      </c>
+      <c r="N84">
+        <v>7</v>
+      </c>
+      <c r="O84" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85">
+        <v>120</v>
+      </c>
+      <c r="B85" t="s">
+        <v>507</v>
+      </c>
+      <c r="C85" t="s">
+        <v>477</v>
+      </c>
+      <c r="D85" t="s">
+        <v>508</v>
+      </c>
+      <c r="E85">
+        <v>678115255</v>
+      </c>
+      <c r="F85" t="s">
+        <v>509</v>
+      </c>
+      <c r="G85">
+        <v>4</v>
+      </c>
+      <c r="H85">
+        <v>3</v>
+      </c>
+      <c r="I85">
+        <v>2</v>
+      </c>
+      <c r="J85">
+        <v>1</v>
+      </c>
+      <c r="K85">
+        <v>5</v>
+      </c>
+      <c r="L85">
+        <v>8</v>
+      </c>
+      <c r="M85">
+        <v>6</v>
+      </c>
+      <c r="N85">
+        <v>7</v>
+      </c>
+      <c r="O85" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86">
+        <v>121</v>
+      </c>
+      <c r="B86" t="s">
+        <v>510</v>
+      </c>
+      <c r="C86" t="s">
+        <v>511</v>
+      </c>
+      <c r="D86" t="s">
+        <v>512</v>
+      </c>
+      <c r="E86">
+        <v>633380566</v>
+      </c>
+      <c r="F86" t="s">
+        <v>513</v>
+      </c>
+      <c r="G86">
+        <v>3</v>
+      </c>
+      <c r="H86">
+        <v>4</v>
+      </c>
+      <c r="I86">
+        <v>5</v>
+      </c>
+      <c r="J86">
+        <v>8</v>
+      </c>
+      <c r="K86">
+        <v>7</v>
+      </c>
+      <c r="L86">
+        <v>6</v>
+      </c>
+      <c r="M86">
+        <v>2</v>
+      </c>
+      <c r="N86">
+        <v>1</v>
+      </c>
+      <c r="O86" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87">
+        <v>122</v>
+      </c>
+      <c r="B87" t="s">
+        <v>514</v>
+      </c>
+      <c r="C87" t="s">
+        <v>515</v>
+      </c>
+      <c r="D87" t="s">
+        <v>516</v>
+      </c>
+      <c r="E87">
+        <v>623199458</v>
+      </c>
+      <c r="F87" t="s">
+        <v>517</v>
+      </c>
+      <c r="G87">
+        <v>2</v>
+      </c>
+      <c r="H87">
+        <v>1</v>
+      </c>
+      <c r="I87">
+        <v>5</v>
+      </c>
+      <c r="J87">
+        <v>7</v>
+      </c>
+      <c r="K87">
+        <v>8</v>
+      </c>
+      <c r="L87">
+        <v>6</v>
+      </c>
+      <c r="M87">
+        <v>4</v>
+      </c>
+      <c r="N87">
+        <v>3</v>
+      </c>
+      <c r="O87" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88">
+        <v>123</v>
+      </c>
+      <c r="B88" t="s">
+        <v>518</v>
+      </c>
+      <c r="C88" t="s">
+        <v>493</v>
+      </c>
+      <c r="D88" t="s">
+        <v>519</v>
+      </c>
+      <c r="E88">
+        <v>675259017</v>
+      </c>
+      <c r="F88" t="s">
+        <v>520</v>
+      </c>
+      <c r="G88">
+        <v>3</v>
+      </c>
+      <c r="H88">
+        <v>2</v>
+      </c>
+      <c r="L88">
+        <v>1</v>
+      </c>
+      <c r="O88" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89">
+        <v>124</v>
+      </c>
+      <c r="B89" t="s">
+        <v>521</v>
+      </c>
+      <c r="C89" t="s">
+        <v>477</v>
+      </c>
+      <c r="D89" t="s">
+        <v>522</v>
+      </c>
+      <c r="E89">
+        <v>662689289</v>
+      </c>
+      <c r="F89" t="s">
+        <v>523</v>
+      </c>
+      <c r="G89">
+        <v>1</v>
+      </c>
+      <c r="H89">
+        <v>2</v>
+      </c>
+      <c r="I89">
+        <v>6</v>
+      </c>
+      <c r="J89">
+        <v>8</v>
+      </c>
+      <c r="K89">
+        <v>7</v>
+      </c>
+      <c r="L89">
+        <v>3</v>
+      </c>
+      <c r="M89">
+        <v>5</v>
+      </c>
+      <c r="N89">
+        <v>4</v>
+      </c>
+      <c r="O89" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90">
+        <v>125</v>
+      </c>
+      <c r="B90" t="s">
+        <v>524</v>
+      </c>
+      <c r="C90" t="s">
+        <v>525</v>
+      </c>
+      <c r="D90" t="s">
+        <v>526</v>
+      </c>
+      <c r="E90">
+        <v>678747117</v>
+      </c>
+      <c r="F90" t="s">
+        <v>527</v>
+      </c>
+      <c r="G90">
+        <v>4</v>
+      </c>
+      <c r="H90">
+        <v>3</v>
+      </c>
+      <c r="I90">
+        <v>6</v>
+      </c>
+      <c r="J90">
+        <v>8</v>
+      </c>
+      <c r="K90">
+        <v>1</v>
+      </c>
+      <c r="L90">
+        <v>5</v>
+      </c>
+      <c r="M90">
+        <v>7</v>
+      </c>
+      <c r="N90">
+        <v>2</v>
+      </c>
+      <c r="O90" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91">
+        <v>126</v>
+      </c>
+      <c r="B91" t="s">
+        <v>528</v>
+      </c>
+      <c r="C91" t="s">
+        <v>529</v>
+      </c>
+      <c r="D91" t="s">
+        <v>530</v>
+      </c>
+      <c r="E91">
+        <v>677141981</v>
+      </c>
+      <c r="F91" t="s">
+        <v>531</v>
+      </c>
+      <c r="G91">
+        <v>3</v>
+      </c>
+      <c r="H91">
+        <v>2</v>
+      </c>
+      <c r="I91">
+        <v>1</v>
+      </c>
+      <c r="M91">
+        <v>4</v>
+      </c>
+      <c r="O91" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92">
+        <v>127</v>
+      </c>
+      <c r="B92" t="s">
+        <v>532</v>
+      </c>
+      <c r="C92" t="s">
+        <v>533</v>
+      </c>
+      <c r="D92" t="s">
+        <v>534</v>
+      </c>
+      <c r="E92">
+        <v>603490045</v>
+      </c>
+      <c r="F92" t="s">
+        <v>535</v>
+      </c>
+      <c r="G92">
+        <v>3</v>
+      </c>
+      <c r="H92">
+        <v>5</v>
+      </c>
+      <c r="I92">
+        <v>6</v>
+      </c>
+      <c r="J92">
+        <v>7</v>
+      </c>
+      <c r="K92">
+        <v>8</v>
+      </c>
+      <c r="L92">
+        <v>4</v>
+      </c>
+      <c r="M92">
+        <v>2</v>
+      </c>
+      <c r="N92">
+        <v>1</v>
+      </c>
+      <c r="O92" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93">
+        <v>128</v>
+      </c>
+      <c r="B93" t="s">
+        <v>536</v>
+      </c>
+      <c r="C93" t="s">
+        <v>271</v>
+      </c>
+      <c r="D93" t="s">
+        <v>537</v>
+      </c>
+      <c r="E93">
+        <v>657385613</v>
+      </c>
+      <c r="F93" t="s">
+        <v>538</v>
+      </c>
+      <c r="G93">
+        <v>2</v>
+      </c>
+      <c r="H93">
+        <v>1</v>
+      </c>
+      <c r="I93">
+        <v>3</v>
+      </c>
+      <c r="J93">
+        <v>8</v>
+      </c>
+      <c r="K93">
+        <v>6</v>
+      </c>
+      <c r="L93">
+        <v>7</v>
+      </c>
+      <c r="M93">
+        <v>4</v>
+      </c>
+      <c r="N93">
+        <v>5</v>
+      </c>
+      <c r="O93" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94">
+        <v>129</v>
+      </c>
+      <c r="B94" t="s">
+        <v>539</v>
+      </c>
+      <c r="C94" t="s">
+        <v>192</v>
+      </c>
+      <c r="D94" t="s">
+        <v>540</v>
+      </c>
+      <c r="E94">
+        <v>607389955</v>
+      </c>
+      <c r="F94" t="s">
+        <v>541</v>
+      </c>
+      <c r="G94">
+        <v>1</v>
+      </c>
+      <c r="H94">
+        <v>2</v>
+      </c>
+      <c r="O94" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95">
+        <v>130</v>
+      </c>
+      <c r="B95" t="s">
+        <v>542</v>
+      </c>
+      <c r="C95" t="s">
+        <v>207</v>
+      </c>
+      <c r="D95" t="s">
+        <v>543</v>
+      </c>
+      <c r="E95">
+        <v>609683408</v>
+      </c>
+      <c r="F95" t="s">
+        <v>544</v>
+      </c>
+      <c r="G95">
+        <v>1</v>
+      </c>
+      <c r="H95">
+        <v>3</v>
+      </c>
+      <c r="I95">
+        <v>5</v>
+      </c>
+      <c r="J95">
+        <v>8</v>
+      </c>
+      <c r="K95">
+        <v>7</v>
+      </c>
+      <c r="M95">
+        <v>4</v>
+      </c>
+      <c r="N95">
+        <v>6</v>
+      </c>
+      <c r="O95" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96">
+        <v>131</v>
+      </c>
+      <c r="B96" t="s">
+        <v>545</v>
+      </c>
+      <c r="C96" t="s">
+        <v>546</v>
+      </c>
+      <c r="D96" t="s">
+        <v>547</v>
+      </c>
+      <c r="E96">
+        <v>687010739</v>
+      </c>
+      <c r="F96" t="s">
+        <v>548</v>
+      </c>
+      <c r="G96">
+        <v>2</v>
+      </c>
+      <c r="H96">
+        <v>3</v>
+      </c>
+      <c r="I96">
+        <v>1</v>
+      </c>
+      <c r="J96">
+        <v>4</v>
+      </c>
+      <c r="K96">
+        <v>5</v>
+      </c>
+      <c r="L96">
+        <v>8</v>
+      </c>
+      <c r="M96">
+        <v>6</v>
+      </c>
+      <c r="N96">
+        <v>7</v>
+      </c>
+      <c r="O96" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97">
+        <v>132</v>
+      </c>
+      <c r="B97" t="s">
+        <v>549</v>
+      </c>
+      <c r="C97" t="s">
+        <v>423</v>
+      </c>
+      <c r="D97" t="s">
+        <v>550</v>
+      </c>
+      <c r="E97">
+        <v>644707190</v>
+      </c>
+      <c r="F97" t="s">
+        <v>551</v>
+      </c>
+      <c r="G97">
+        <v>3</v>
+      </c>
+      <c r="H97">
+        <v>5</v>
+      </c>
+      <c r="I97">
+        <v>2</v>
+      </c>
+      <c r="J97">
+        <v>1</v>
+      </c>
+      <c r="K97">
+        <v>4</v>
+      </c>
+      <c r="L97">
+        <v>8</v>
+      </c>
+      <c r="M97">
+        <v>6</v>
+      </c>
+      <c r="N97">
+        <v>7</v>
+      </c>
+      <c r="O97" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98">
+        <v>133</v>
+      </c>
+      <c r="B98" t="s">
+        <v>552</v>
+      </c>
+      <c r="C98" t="s">
+        <v>553</v>
+      </c>
+      <c r="D98" t="s">
+        <v>554</v>
+      </c>
+      <c r="E98">
+        <v>679638295</v>
+      </c>
+      <c r="F98" t="s">
+        <v>555</v>
+      </c>
+      <c r="G98">
+        <v>5</v>
+      </c>
+      <c r="H98">
+        <v>4</v>
+      </c>
+      <c r="I98">
+        <v>6</v>
+      </c>
+      <c r="J98">
+        <v>8</v>
+      </c>
+      <c r="K98">
+        <v>7</v>
+      </c>
+      <c r="L98">
+        <v>3</v>
+      </c>
+      <c r="M98">
+        <v>1</v>
+      </c>
+      <c r="N98">
+        <v>2</v>
+      </c>
+      <c r="O98" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99">
+        <v>134</v>
+      </c>
+      <c r="B99" t="s">
+        <v>556</v>
+      </c>
+      <c r="C99" t="s">
+        <v>557</v>
+      </c>
+      <c r="D99" t="s">
+        <v>558</v>
+      </c>
+      <c r="E99">
+        <v>687130653</v>
+      </c>
+      <c r="F99" t="s">
+        <v>559</v>
+      </c>
+      <c r="G99">
+        <v>2</v>
+      </c>
+      <c r="H99">
+        <v>1</v>
+      </c>
+      <c r="I99">
+        <v>6</v>
+      </c>
+      <c r="J99">
+        <v>8</v>
+      </c>
+      <c r="K99">
+        <v>3</v>
+      </c>
+      <c r="L99">
+        <v>5</v>
+      </c>
+      <c r="M99">
+        <v>4</v>
+      </c>
+      <c r="N99">
+        <v>7</v>
+      </c>
+      <c r="O99" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100">
+        <v>135</v>
+      </c>
+      <c r="B100" t="s">
+        <v>560</v>
+      </c>
+      <c r="C100" t="s">
+        <v>561</v>
+      </c>
+      <c r="D100" t="s">
+        <v>562</v>
+      </c>
+      <c r="E100">
+        <v>605181013</v>
+      </c>
+      <c r="F100" t="s">
+        <v>563</v>
+      </c>
+      <c r="G100">
+        <v>4</v>
+      </c>
+      <c r="H100">
+        <v>3</v>
+      </c>
+      <c r="I100">
+        <v>5</v>
+      </c>
+      <c r="J100">
+        <v>8</v>
+      </c>
+      <c r="K100">
+        <v>7</v>
+      </c>
+      <c r="L100">
+        <v>6</v>
+      </c>
+      <c r="M100">
+        <v>2</v>
+      </c>
+      <c r="N100">
+        <v>1</v>
+      </c>
+      <c r="O100" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101">
+        <v>136</v>
+      </c>
+      <c r="B101" t="s">
+        <v>564</v>
+      </c>
+      <c r="C101" t="s">
+        <v>565</v>
+      </c>
+      <c r="D101" t="s">
+        <v>566</v>
+      </c>
+      <c r="E101">
+        <v>644779760</v>
+      </c>
+      <c r="F101" t="s">
+        <v>567</v>
+      </c>
+      <c r="G101">
+        <v>5</v>
+      </c>
+      <c r="H101">
+        <v>4</v>
+      </c>
+      <c r="I101">
+        <v>6</v>
+      </c>
+      <c r="L101">
+        <v>1</v>
+      </c>
+      <c r="M101">
+        <v>3</v>
+      </c>
+      <c r="N101">
+        <v>2</v>
+      </c>
+      <c r="O101" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102">
+        <v>137</v>
+      </c>
+      <c r="B102" t="s">
+        <v>568</v>
+      </c>
+      <c r="C102" t="s">
+        <v>557</v>
+      </c>
+      <c r="D102" t="s">
+        <v>569</v>
+      </c>
+      <c r="E102">
+        <v>619727226</v>
+      </c>
+      <c r="F102" t="s">
+        <v>570</v>
+      </c>
+      <c r="G102">
+        <v>4</v>
+      </c>
+      <c r="H102">
+        <v>3</v>
+      </c>
+      <c r="I102">
+        <v>5</v>
+      </c>
+      <c r="J102">
+        <v>8</v>
+      </c>
+      <c r="K102">
+        <v>7</v>
+      </c>
+      <c r="L102">
+        <v>6</v>
+      </c>
+      <c r="M102">
+        <v>1</v>
+      </c>
+      <c r="N102">
+        <v>2</v>
+      </c>
+      <c r="O102" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103">
+        <v>138</v>
+      </c>
+      <c r="B103" t="s">
+        <v>571</v>
+      </c>
+      <c r="C103" t="s">
+        <v>572</v>
+      </c>
+      <c r="D103" t="s">
+        <v>573</v>
+      </c>
+      <c r="E103">
+        <v>691244718</v>
+      </c>
+      <c r="F103" t="s">
+        <v>574</v>
+      </c>
+      <c r="G103">
+        <v>6</v>
+      </c>
+      <c r="H103">
+        <v>5</v>
+      </c>
+      <c r="I103">
+        <v>8</v>
+      </c>
+      <c r="J103">
+        <v>3</v>
+      </c>
+      <c r="K103">
+        <v>1</v>
+      </c>
+      <c r="L103">
+        <v>2</v>
+      </c>
+      <c r="M103">
+        <v>4</v>
+      </c>
+      <c r="N103">
+        <v>7</v>
+      </c>
+      <c r="O103" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104">
+        <v>139</v>
+      </c>
+      <c r="B104" t="s">
+        <v>575</v>
+      </c>
+      <c r="C104" t="s">
+        <v>385</v>
+      </c>
+      <c r="D104" t="s">
+        <v>576</v>
+      </c>
+      <c r="E104">
+        <v>666187018</v>
+      </c>
+      <c r="F104" t="s">
+        <v>577</v>
+      </c>
+      <c r="G104">
+        <v>3</v>
+      </c>
+      <c r="H104">
+        <v>4</v>
+      </c>
+      <c r="I104">
+        <v>7</v>
+      </c>
+      <c r="J104">
+        <v>8</v>
+      </c>
+      <c r="K104">
+        <v>6</v>
+      </c>
+      <c r="L104">
+        <v>1</v>
+      </c>
+      <c r="M104">
+        <v>5</v>
+      </c>
+      <c r="N104">
+        <v>2</v>
+      </c>
+      <c r="O104" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105">
+        <v>140</v>
+      </c>
+      <c r="B105" t="s">
+        <v>578</v>
+      </c>
+      <c r="C105" t="s">
+        <v>579</v>
+      </c>
+      <c r="D105" t="s">
+        <v>580</v>
+      </c>
+      <c r="E105">
+        <v>697487503</v>
+      </c>
+      <c r="F105" t="s">
+        <v>581</v>
+      </c>
+      <c r="G105">
+        <v>4</v>
+      </c>
+      <c r="H105">
+        <v>3</v>
+      </c>
+      <c r="I105">
+        <v>6</v>
+      </c>
+      <c r="J105">
+        <v>8</v>
+      </c>
+      <c r="K105">
+        <v>7</v>
+      </c>
+      <c r="L105">
+        <v>5</v>
+      </c>
+      <c r="M105">
+        <v>1</v>
+      </c>
+      <c r="N105">
+        <v>2</v>
+      </c>
+      <c r="O105" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106">
+        <v>141</v>
+      </c>
+      <c r="B106" t="s">
+        <v>524</v>
+      </c>
+      <c r="C106" t="s">
+        <v>111</v>
+      </c>
+      <c r="D106" t="s">
+        <v>582</v>
+      </c>
+      <c r="E106">
+        <v>673152368</v>
+      </c>
+      <c r="F106" t="s">
+        <v>583</v>
+      </c>
+      <c r="L106">
+        <v>1</v>
+      </c>
+      <c r="O106" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107">
+        <v>142</v>
+      </c>
+      <c r="B107" t="s">
+        <v>584</v>
+      </c>
+      <c r="C107" t="s">
+        <v>585</v>
+      </c>
+      <c r="D107" t="s">
+        <v>586</v>
+      </c>
+      <c r="E107">
+        <v>649646634</v>
+      </c>
+      <c r="F107" t="s">
+        <v>587</v>
+      </c>
+      <c r="I107">
+        <v>2</v>
+      </c>
+      <c r="J107">
+        <v>1</v>
+      </c>
+      <c r="O107" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108">
+        <v>143</v>
+      </c>
+      <c r="B108" t="s">
+        <v>588</v>
+      </c>
+      <c r="C108" t="s">
+        <v>589</v>
+      </c>
+      <c r="D108" t="s">
+        <v>590</v>
+      </c>
+      <c r="E108">
+        <v>611142760</v>
+      </c>
+      <c r="F108" t="s">
+        <v>591</v>
+      </c>
+      <c r="G108">
+        <v>1</v>
+      </c>
+      <c r="H108">
+        <v>3</v>
+      </c>
+      <c r="I108">
+        <v>5</v>
+      </c>
+      <c r="J108">
+        <v>7</v>
+      </c>
+      <c r="K108">
+        <v>6</v>
+      </c>
+      <c r="L108">
+        <v>8</v>
+      </c>
+      <c r="M108">
+        <v>4</v>
+      </c>
+      <c r="N108">
+        <v>2</v>
+      </c>
+      <c r="O108" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109">
+        <v>144</v>
+      </c>
+      <c r="B109" t="s">
+        <v>592</v>
+      </c>
+      <c r="C109" t="s">
+        <v>411</v>
+      </c>
+      <c r="D109" t="s">
+        <v>593</v>
+      </c>
+      <c r="E109">
+        <v>666879819</v>
+      </c>
+      <c r="F109" t="s">
+        <v>594</v>
+      </c>
+      <c r="G109">
+        <v>3</v>
+      </c>
+      <c r="H109">
+        <v>2</v>
+      </c>
+      <c r="I109">
+        <v>5</v>
+      </c>
+      <c r="J109">
+        <v>4</v>
+      </c>
+      <c r="K109">
+        <v>1</v>
+      </c>
+      <c r="L109">
+        <v>6</v>
+      </c>
+      <c r="M109">
+        <v>7</v>
+      </c>
+      <c r="N109">
+        <v>8</v>
+      </c>
+      <c r="O109" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110">
+        <v>145</v>
+      </c>
+      <c r="B110" t="s">
+        <v>595</v>
+      </c>
+      <c r="C110" t="s">
+        <v>596</v>
+      </c>
+      <c r="D110" t="s">
+        <v>597</v>
+      </c>
+      <c r="E110">
+        <v>676572549</v>
+      </c>
+      <c r="F110" t="s">
+        <v>598</v>
+      </c>
+      <c r="G110">
+        <v>6</v>
+      </c>
+      <c r="H110">
+        <v>2</v>
+      </c>
+      <c r="I110">
+        <v>3</v>
+      </c>
+      <c r="J110">
+        <v>8</v>
+      </c>
+      <c r="K110">
+        <v>7</v>
+      </c>
+      <c r="L110">
+        <v>1</v>
+      </c>
+      <c r="M110">
+        <v>5</v>
+      </c>
+      <c r="N110">
+        <v>4</v>
+      </c>
+      <c r="O110" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111">
+        <v>146</v>
+      </c>
+      <c r="B111" t="s">
+        <v>599</v>
+      </c>
+      <c r="C111" t="s">
+        <v>600</v>
+      </c>
+      <c r="D111" t="s">
+        <v>601</v>
+      </c>
+      <c r="F111" t="s">
+        <v>602</v>
+      </c>
+      <c r="G111">
+        <v>3</v>
+      </c>
+      <c r="H111">
+        <v>4</v>
+      </c>
+      <c r="I111">
+        <v>6</v>
+      </c>
+      <c r="J111">
+        <v>7</v>
+      </c>
+      <c r="K111">
+        <v>8</v>
+      </c>
+      <c r="L111">
+        <v>5</v>
+      </c>
+      <c r="M111">
+        <v>2</v>
+      </c>
+      <c r="N111">
+        <v>1</v>
+      </c>
+      <c r="O111" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112">
+        <v>147</v>
+      </c>
+      <c r="B112" t="s">
+        <v>603</v>
+      </c>
+      <c r="C112" t="s">
+        <v>271</v>
+      </c>
+      <c r="D112" t="s">
+        <v>604</v>
+      </c>
+      <c r="E112">
+        <v>627089900</v>
+      </c>
+      <c r="F112" t="s">
+        <v>605</v>
+      </c>
+      <c r="G112">
+        <v>3</v>
+      </c>
+      <c r="H112">
+        <v>2</v>
+      </c>
+      <c r="I112">
+        <v>6</v>
+      </c>
+      <c r="J112">
+        <v>8</v>
+      </c>
+      <c r="K112">
+        <v>7</v>
+      </c>
+      <c r="L112">
+        <v>1</v>
+      </c>
+      <c r="M112">
+        <v>5</v>
+      </c>
+      <c r="N112">
+        <v>4</v>
+      </c>
+      <c r="O112" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113">
+        <v>148</v>
+      </c>
+      <c r="B113" t="s">
+        <v>606</v>
+      </c>
+      <c r="C113" t="s">
+        <v>607</v>
+      </c>
+      <c r="D113" t="s">
+        <v>608</v>
+      </c>
+      <c r="E113">
+        <v>610064180</v>
+      </c>
+      <c r="F113" t="s">
+        <v>609</v>
+      </c>
+      <c r="G113">
+        <v>4</v>
+      </c>
+      <c r="H113">
+        <v>3</v>
+      </c>
+      <c r="I113">
+        <v>2</v>
+      </c>
+      <c r="J113">
+        <v>1</v>
+      </c>
+      <c r="K113">
+        <v>5</v>
+      </c>
+      <c r="L113">
+        <v>8</v>
+      </c>
+      <c r="M113">
+        <v>7</v>
+      </c>
+      <c r="N113">
+        <v>6</v>
+      </c>
+      <c r="O113" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114">
+        <v>149</v>
+      </c>
+      <c r="B114" t="s">
+        <v>610</v>
+      </c>
+      <c r="C114" t="s">
+        <v>611</v>
+      </c>
+      <c r="D114" t="s">
+        <v>612</v>
+      </c>
+      <c r="E114">
+        <v>628089397</v>
+      </c>
+      <c r="F114" t="s">
+        <v>613</v>
+      </c>
+      <c r="G114">
+        <v>5</v>
+      </c>
+      <c r="H114">
+        <v>4</v>
+      </c>
+      <c r="I114">
+        <v>2</v>
+      </c>
+      <c r="J114">
+        <v>1</v>
+      </c>
+      <c r="K114">
+        <v>3</v>
+      </c>
+      <c r="L114">
+        <v>7</v>
+      </c>
+      <c r="M114">
+        <v>6</v>
+      </c>
+      <c r="N114">
+        <v>8</v>
+      </c>
+      <c r="O114" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115">
+        <v>150</v>
+      </c>
+      <c r="B115" t="s">
+        <v>614</v>
+      </c>
+      <c r="C115" t="s">
+        <v>302</v>
+      </c>
+      <c r="D115" t="s">
+        <v>615</v>
+      </c>
+      <c r="E115">
+        <v>638938844</v>
+      </c>
+      <c r="F115" t="s">
+        <v>616</v>
+      </c>
+      <c r="G115">
+        <v>3</v>
+      </c>
+      <c r="H115">
+        <v>1</v>
+      </c>
+      <c r="I115">
+        <v>4</v>
+      </c>
+      <c r="J115">
+        <v>6</v>
+      </c>
+      <c r="K115">
+        <v>8</v>
+      </c>
+      <c r="L115">
+        <v>7</v>
+      </c>
+      <c r="M115">
+        <v>5</v>
+      </c>
+      <c r="N115">
+        <v>2</v>
+      </c>
+      <c r="O115" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116">
+        <v>151</v>
+      </c>
+      <c r="B116" t="s">
+        <v>617</v>
+      </c>
+      <c r="C116" t="s">
+        <v>618</v>
+      </c>
+      <c r="D116" t="s">
+        <v>619</v>
+      </c>
+      <c r="E116">
+        <v>628768732</v>
+      </c>
+      <c r="F116" t="s">
+        <v>620</v>
+      </c>
+      <c r="G116">
+        <v>2</v>
+      </c>
+      <c r="H116">
+        <v>1</v>
+      </c>
+      <c r="I116">
+        <v>3</v>
+      </c>
+      <c r="J116">
+        <v>7</v>
+      </c>
+      <c r="K116">
+        <v>8</v>
+      </c>
+      <c r="L116">
+        <v>5</v>
+      </c>
+      <c r="M116">
+        <v>4</v>
+      </c>
+      <c r="N116">
+        <v>6</v>
+      </c>
+      <c r="O116" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117">
+        <v>152</v>
+      </c>
+      <c r="B117" t="s">
+        <v>621</v>
+      </c>
+      <c r="C117" t="s">
+        <v>622</v>
+      </c>
+      <c r="D117" t="s">
+        <v>623</v>
+      </c>
+      <c r="E117">
+        <v>603781522</v>
+      </c>
+      <c r="F117" t="s">
+        <v>624</v>
+      </c>
+      <c r="G117">
+        <v>3</v>
+      </c>
+      <c r="H117">
+        <v>4</v>
+      </c>
+      <c r="I117">
+        <v>1</v>
+      </c>
+      <c r="J117">
+        <v>2</v>
+      </c>
+      <c r="K117">
+        <v>5</v>
+      </c>
+      <c r="L117">
+        <v>8</v>
+      </c>
+      <c r="M117">
+        <v>6</v>
+      </c>
+      <c r="N117">
+        <v>7</v>
+      </c>
+      <c r="O117" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118">
+        <v>153</v>
+      </c>
+      <c r="B118" t="s">
+        <v>625</v>
+      </c>
+      <c r="C118" t="s">
+        <v>626</v>
+      </c>
+      <c r="D118" t="s">
+        <v>627</v>
+      </c>
+      <c r="E118">
+        <v>651418112</v>
+      </c>
+      <c r="F118" t="s">
+        <v>628</v>
+      </c>
+      <c r="G118">
+        <v>5</v>
+      </c>
+      <c r="H118">
+        <v>4</v>
+      </c>
+      <c r="I118">
+        <v>2</v>
+      </c>
+      <c r="M118">
+        <v>1</v>
+      </c>
+      <c r="N118">
+        <v>3</v>
+      </c>
+      <c r="O118" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119">
+        <v>154</v>
+      </c>
+      <c r="B119" t="s">
+        <v>629</v>
+      </c>
+      <c r="C119" t="s">
+        <v>630</v>
+      </c>
+      <c r="D119" t="s">
+        <v>631</v>
+      </c>
+      <c r="E119">
+        <v>639098392</v>
+      </c>
+      <c r="F119" t="s">
+        <v>632</v>
+      </c>
+      <c r="G119">
+        <v>2</v>
+      </c>
+      <c r="H119">
+        <v>1</v>
+      </c>
+      <c r="I119">
+        <v>3</v>
+      </c>
+      <c r="J119">
+        <v>8</v>
+      </c>
+      <c r="K119">
+        <v>7</v>
+      </c>
+      <c r="L119">
+        <v>6</v>
+      </c>
+      <c r="M119">
+        <v>5</v>
+      </c>
+      <c r="N119">
+        <v>4</v>
+      </c>
+      <c r="O119" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120">
+        <v>155</v>
+      </c>
+      <c r="B120" t="s">
+        <v>633</v>
+      </c>
+      <c r="C120" t="s">
+        <v>634</v>
+      </c>
+      <c r="D120" t="s">
+        <v>635</v>
+      </c>
+      <c r="E120">
+        <v>681379974</v>
+      </c>
+      <c r="F120" t="s">
+        <v>636</v>
+      </c>
+      <c r="G120">
+        <v>2</v>
+      </c>
+      <c r="H120">
+        <v>3</v>
+      </c>
+      <c r="I120">
+        <v>5</v>
+      </c>
+      <c r="J120">
+        <v>6</v>
+      </c>
+      <c r="K120">
+        <v>8</v>
+      </c>
+      <c r="L120">
+        <v>7</v>
+      </c>
+      <c r="M120">
+        <v>1</v>
+      </c>
+      <c r="N120">
+        <v>4</v>
+      </c>
+      <c r="O120" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121">
+        <v>156</v>
+      </c>
+      <c r="B121" t="s">
+        <v>637</v>
+      </c>
+      <c r="C121" t="s">
+        <v>65</v>
+      </c>
+      <c r="D121" t="s">
+        <v>638</v>
+      </c>
+      <c r="E121">
+        <v>698120792</v>
+      </c>
+      <c r="F121" t="s">
+        <v>639</v>
+      </c>
+      <c r="G121">
+        <v>1</v>
+      </c>
+      <c r="H121">
+        <v>2</v>
+      </c>
+      <c r="I121">
+        <v>5</v>
+      </c>
+      <c r="J121">
+        <v>4</v>
+      </c>
+      <c r="K121">
+        <v>8</v>
+      </c>
+      <c r="L121">
+        <v>7</v>
+      </c>
+      <c r="M121">
+        <v>3</v>
+      </c>
+      <c r="N121">
+        <v>6</v>
+      </c>
+      <c r="O121" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122">
+        <v>157</v>
+      </c>
+      <c r="B122" t="s">
+        <v>640</v>
+      </c>
+      <c r="C122" t="s">
+        <v>641</v>
+      </c>
+      <c r="D122" t="s">
+        <v>642</v>
+      </c>
+      <c r="E122">
+        <v>608331309</v>
+      </c>
+      <c r="F122" t="s">
+        <v>643</v>
+      </c>
+      <c r="G122">
+        <v>2</v>
+      </c>
+      <c r="H122">
+        <v>1</v>
+      </c>
+      <c r="I122">
+        <v>6</v>
+      </c>
+      <c r="J122">
+        <v>4</v>
+      </c>
+      <c r="K122">
+        <v>3</v>
+      </c>
+      <c r="L122">
+        <v>5</v>
+      </c>
+      <c r="M122">
+        <v>7</v>
+      </c>
+      <c r="N122">
+        <v>8</v>
+      </c>
+      <c r="O122" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123">
+        <v>158</v>
+      </c>
+      <c r="B123" t="s">
+        <v>644</v>
+      </c>
+      <c r="C123" t="s">
+        <v>645</v>
+      </c>
+      <c r="D123" t="s">
+        <v>646</v>
+      </c>
+      <c r="E123">
+        <v>617022064</v>
+      </c>
+      <c r="F123" t="s">
+        <v>647</v>
+      </c>
+      <c r="G123">
+        <v>4</v>
+      </c>
+      <c r="H123">
+        <v>3</v>
+      </c>
+      <c r="I123">
+        <v>5</v>
+      </c>
+      <c r="J123">
+        <v>8</v>
+      </c>
+      <c r="K123">
+        <v>7</v>
+      </c>
+      <c r="L123">
+        <v>6</v>
+      </c>
+      <c r="M123">
+        <v>1</v>
+      </c>
+      <c r="N123">
+        <v>2</v>
+      </c>
+      <c r="O123" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124">
+        <v>159</v>
+      </c>
+      <c r="B124" t="s">
+        <v>648</v>
+      </c>
+      <c r="C124" t="s">
+        <v>649</v>
+      </c>
+      <c r="D124" t="s">
+        <v>650</v>
+      </c>
+      <c r="E124">
+        <v>656581612</v>
+      </c>
+      <c r="F124" t="s">
+        <v>651</v>
+      </c>
+      <c r="G124">
+        <v>2</v>
+      </c>
+      <c r="H124">
+        <v>1</v>
+      </c>
+      <c r="I124">
+        <v>4</v>
+      </c>
+      <c r="M124">
+        <v>3</v>
+      </c>
+      <c r="N124">
+        <v>5</v>
+      </c>
+      <c r="O124" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125">
+        <v>160</v>
+      </c>
+      <c r="B125" t="s">
+        <v>652</v>
+      </c>
+      <c r="C125" t="s">
+        <v>251</v>
+      </c>
+      <c r="D125" t="s">
+        <v>653</v>
+      </c>
+      <c r="E125">
+        <v>671712505</v>
+      </c>
+      <c r="F125" t="s">
+        <v>654</v>
+      </c>
+      <c r="G125">
+        <v>5</v>
+      </c>
+      <c r="H125">
+        <v>2</v>
+      </c>
+      <c r="I125">
+        <v>4</v>
+      </c>
+      <c r="J125">
+        <v>3</v>
+      </c>
+      <c r="K125">
+        <v>1</v>
+      </c>
+      <c r="L125">
+        <v>7</v>
+      </c>
+      <c r="M125">
+        <v>6</v>
+      </c>
+      <c r="N125">
+        <v>8</v>
+      </c>
+      <c r="O125" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126">
+        <v>161</v>
+      </c>
+      <c r="B126" t="s">
+        <v>655</v>
+      </c>
+      <c r="C126" t="s">
+        <v>656</v>
+      </c>
+      <c r="D126" t="s">
+        <v>657</v>
+      </c>
+      <c r="E126">
+        <v>618589923</v>
+      </c>
+      <c r="F126" t="s">
+        <v>45</v>
+      </c>
+      <c r="G126">
+        <v>5</v>
+      </c>
+      <c r="H126">
+        <v>2</v>
+      </c>
+      <c r="I126">
+        <v>4</v>
+      </c>
+      <c r="J126">
+        <v>3</v>
+      </c>
+      <c r="K126">
+        <v>1</v>
+      </c>
+      <c r="L126">
+        <v>7</v>
+      </c>
+      <c r="M126">
+        <v>6</v>
+      </c>
+      <c r="N126">
+        <v>8</v>
+      </c>
+      <c r="O126" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127">
+        <v>162</v>
+      </c>
+      <c r="B127" t="s">
+        <v>652</v>
+      </c>
+      <c r="C127" t="s">
+        <v>251</v>
+      </c>
+      <c r="D127" t="s">
+        <v>653</v>
+      </c>
+      <c r="E127">
+        <v>671712505</v>
+      </c>
+      <c r="F127" t="s">
+        <v>654</v>
+      </c>
+      <c r="G127">
+        <v>5</v>
+      </c>
+      <c r="H127">
+        <v>2</v>
+      </c>
+      <c r="I127">
+        <v>4</v>
+      </c>
+      <c r="J127">
+        <v>3</v>
+      </c>
+      <c r="K127">
+        <v>1</v>
+      </c>
+      <c r="L127">
+        <v>7</v>
+      </c>
+      <c r="M127">
+        <v>6</v>
+      </c>
+      <c r="N127">
+        <v>8</v>
+      </c>
+      <c r="O127" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128">
+        <v>163</v>
+      </c>
+      <c r="B128" t="s">
+        <v>658</v>
+      </c>
+      <c r="C128" t="s">
+        <v>251</v>
+      </c>
+      <c r="D128" t="s">
+        <v>659</v>
+      </c>
+      <c r="E128">
+        <v>605490834</v>
+      </c>
+      <c r="F128" t="s">
+        <v>660</v>
+      </c>
+      <c r="M128">
+        <v>1</v>
+      </c>
+      <c r="N128">
+        <v>7</v>
+      </c>
+      <c r="O128" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129">
+        <v>164</v>
+      </c>
+      <c r="B129" t="s">
+        <v>661</v>
+      </c>
+      <c r="C129" t="s">
+        <v>662</v>
+      </c>
+      <c r="D129" t="s">
+        <v>663</v>
+      </c>
+      <c r="E129">
+        <v>676886547</v>
+      </c>
+      <c r="F129" t="s">
+        <v>664</v>
+      </c>
+      <c r="G129">
+        <v>1</v>
+      </c>
+      <c r="H129">
+        <v>2</v>
+      </c>
+      <c r="I129">
+        <v>4</v>
+      </c>
+      <c r="J129">
+        <v>3</v>
+      </c>
+      <c r="K129">
+        <v>7</v>
+      </c>
+      <c r="L129">
+        <v>6</v>
+      </c>
+      <c r="M129">
+        <v>5</v>
+      </c>
+      <c r="N129">
+        <v>8</v>
+      </c>
+      <c r="O129" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130">
+        <v>165</v>
+      </c>
+      <c r="B130" t="s">
+        <v>665</v>
+      </c>
+      <c r="C130" t="s">
+        <v>271</v>
+      </c>
+      <c r="D130" t="s">
+        <v>666</v>
+      </c>
+      <c r="E130">
+        <v>678375197</v>
+      </c>
+      <c r="F130" t="s">
+        <v>667</v>
+      </c>
+      <c r="G130">
+        <v>1</v>
+      </c>
+      <c r="H130">
+        <v>7</v>
+      </c>
+      <c r="K130">
+        <v>8</v>
+      </c>
+      <c r="O130" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131">
+        <v>166</v>
+      </c>
+      <c r="B131" t="s">
+        <v>640</v>
+      </c>
+      <c r="C131" t="s">
+        <v>641</v>
+      </c>
+      <c r="D131" t="s">
+        <v>642</v>
+      </c>
+      <c r="E131">
+        <v>608331309</v>
+      </c>
+      <c r="F131" t="s">
+        <v>643</v>
+      </c>
+      <c r="G131">
+        <v>2</v>
+      </c>
+      <c r="H131">
+        <v>1</v>
+      </c>
+      <c r="I131">
+        <v>6</v>
+      </c>
+      <c r="J131">
+        <v>4</v>
+      </c>
+      <c r="K131">
+        <v>3</v>
+      </c>
+      <c r="L131">
+        <v>5</v>
+      </c>
+      <c r="M131">
+        <v>7</v>
+      </c>
+      <c r="N131">
+        <v>8</v>
+      </c>
+      <c r="O131" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132">
+        <v>167</v>
+      </c>
+      <c r="B132" t="s">
+        <v>668</v>
+      </c>
+      <c r="C132" t="s">
+        <v>207</v>
+      </c>
+      <c r="D132" t="s">
+        <v>669</v>
+      </c>
+      <c r="E132">
+        <v>698154232</v>
+      </c>
+      <c r="F132" t="s">
+        <v>670</v>
+      </c>
+      <c r="G132">
+        <v>3</v>
+      </c>
+      <c r="H132">
+        <v>2</v>
+      </c>
+      <c r="M132">
+        <v>1</v>
+      </c>
+      <c r="O132" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133">
+        <v>168</v>
+      </c>
+      <c r="B133" t="s">
+        <v>671</v>
+      </c>
+      <c r="C133" t="s">
+        <v>672</v>
+      </c>
+      <c r="D133" t="s">
+        <v>673</v>
+      </c>
+      <c r="E133">
+        <v>633266281</v>
+      </c>
+      <c r="F133" t="s">
+        <v>674</v>
+      </c>
+      <c r="G133">
+        <v>4</v>
+      </c>
+      <c r="H133">
+        <v>2</v>
+      </c>
+      <c r="I133">
+        <v>3</v>
+      </c>
+      <c r="L133">
+        <v>6</v>
+      </c>
+      <c r="M133">
+        <v>5</v>
+      </c>
+      <c r="N133">
+        <v>1</v>
+      </c>
+      <c r="O133" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134">
+        <v>169</v>
+      </c>
+      <c r="B134" t="s">
+        <v>675</v>
+      </c>
+      <c r="C134" t="s">
+        <v>557</v>
+      </c>
+      <c r="D134" t="s">
+        <v>676</v>
+      </c>
+      <c r="E134">
+        <v>670339675</v>
+      </c>
+      <c r="F134" t="s">
+        <v>677</v>
+      </c>
+      <c r="G134">
+        <v>2</v>
+      </c>
+      <c r="H134">
+        <v>1</v>
+      </c>
+      <c r="O134" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135">
+        <v>170</v>
+      </c>
+      <c r="B135" t="s">
+        <v>678</v>
+      </c>
+      <c r="C135" t="s">
+        <v>533</v>
+      </c>
+      <c r="D135" t="s">
+        <v>679</v>
+      </c>
+      <c r="E135">
+        <v>634721256</v>
+      </c>
+      <c r="F135" t="s">
+        <v>680</v>
+      </c>
+      <c r="G135">
+        <v>4</v>
+      </c>
+      <c r="H135">
+        <v>3</v>
+      </c>
+      <c r="I135">
+        <v>1</v>
+      </c>
+      <c r="J135">
+        <v>2</v>
+      </c>
+      <c r="K135">
+        <v>8</v>
+      </c>
+      <c r="L135">
+        <v>7</v>
+      </c>
+      <c r="M135">
+        <v>5</v>
+      </c>
+      <c r="N135">
+        <v>6</v>
+      </c>
+      <c r="O135" s="1">
+        <v>3.29</v>
+      </c>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8">
+      <c r="A1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F1" t="s">
+        <v>681</v>
+      </c>
+      <c r="G1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" t="s">
+        <v>683</v>
+      </c>
+      <c r="B2" t="s">
+        <v>477</v>
+      </c>
+      <c r="C2" t="s">
+        <v>684</v>
+      </c>
+      <c r="D2">
+        <v>666796364</v>
+      </c>
+      <c r="E2" t="s">
+        <v>685</v>
+      </c>
+      <c r="F2" t="s">
+        <v>686</v>
+      </c>
+      <c r="G2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>688</v>
+      </c>
+      <c r="B3" t="s">
+        <v>689</v>
+      </c>
+      <c r="C3" t="s">
+        <v>690</v>
+      </c>
+      <c r="D3">
+        <v>629410950</v>
+      </c>
+      <c r="E3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F3" t="s">
+        <v>692</v>
+      </c>
+      <c r="G3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4">
+        <v>648466154</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>693</v>
+      </c>
+      <c r="G4" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>694</v>
+      </c>
+      <c r="B5" t="s">
+        <v>314</v>
+      </c>
+      <c r="C5" t="s">
+        <v>695</v>
+      </c>
+      <c r="D5">
+        <v>629539824</v>
+      </c>
+      <c r="E5" t="s">
+        <v>696</v>
+      </c>
+      <c r="F5" t="s">
+        <v>692</v>
+      </c>
+      <c r="G5" t="s">
+        <v>160</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Listaxe xestión</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Incorporados</vt:lpstr>
+      <vt:lpstr>Suplentes</vt:lpstr>
+      <vt:lpstr>Non aceptan</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>